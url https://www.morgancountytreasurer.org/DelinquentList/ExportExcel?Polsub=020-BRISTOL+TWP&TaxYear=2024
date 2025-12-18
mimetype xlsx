--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -34,51 +34,51 @@
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>020-003-010-0</t>
   </si>
   <si>
     <t>ZUMBRO LARRY W</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
-    <t xml:space="preserve">5227 HANN RD  SD 16</t>
+    <t>5227 HANN RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>020-007-010-3</t>
   </si>
   <si>
     <t>BEATTY ROBERT B</t>
   </si>
   <si>
     <t>** NOT ON FILE **</t>
   </si>
   <si>
     <t>020-007-020-0</t>
   </si>
   <si>
     <t>OHIO ENERGY ASSETS INC</t>
   </si>
   <si>
     <t>020-007-020-2</t>
   </si>
   <si>
     <t>MORRIS DAVID E</t>
   </si>
@@ -194,310 +194,310 @@
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2941&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="25.02504539489746" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="20.613588333129883" customWidth="1"/>
+    <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1057.15</v>
+        <v>1085.34</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>14.86</v>
+        <v>15.25</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>27359.8</v>
+        <v>28089.41</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="2">
-        <v>309.56</v>
+        <v>317.82</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="2">
-        <v>4.89</v>
+        <v>5.02</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="2">
-        <v>8.92</v>
+        <v>9.16</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="2">
-        <v>18.92</v>
+        <v>19.42</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="2">
-        <v>3.28</v>
+        <v>3.37</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="2">
-        <v>2.9</v>
+        <v>2.98</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="2">
-        <v>4.3</v>
+        <v>4.41</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="2">
-        <v>138.45</v>
+        <v>142.14</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="2">
-        <v>48.06</v>
+        <v>49.33</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>