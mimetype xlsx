--- v0 (2026-01-02)
+++ v1 (2026-02-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>110-000-010-0</t>
   </si>
   <si>
     <t>MAYLE MAKISHA</t>
   </si>
   <si>
@@ -212,50 +212,56 @@
     <t>110-002-900-0</t>
   </si>
   <si>
     <t>VOSBURG ANN &amp; TOD KATHRYN L NOLAN</t>
   </si>
   <si>
     <t>7640 MARION ST</t>
   </si>
   <si>
     <t>110-002-950-0</t>
   </si>
   <si>
     <t>GOINS DONALD L</t>
   </si>
   <si>
     <t>110-003-040-0</t>
   </si>
   <si>
     <t>110-003-430-0</t>
   </si>
   <si>
     <t>WILLIAMS GARY K</t>
   </si>
   <si>
     <t>1685 COAL ST</t>
+  </si>
+  <si>
+    <t>110-003-440-0</t>
+  </si>
+  <si>
+    <t>COAL ST</t>
   </si>
   <si>
     <t>11010010</t>
   </si>
   <si>
     <t>NICHOLS PHYLLIS</t>
   </si>
   <si>
     <t>7225 MARION ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -274,70 +280,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F27" headerRowCount="1">
-  <autoFilter ref="A1:F27"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F28" headerRowCount="1">
+  <autoFilter ref="A1:F28"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29265&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14932&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29265&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="39.14129638671875" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="30.865724563598633" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -832,75 +838,96 @@
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="2">
         <v>3240.56</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="2">
+        <v>214.84</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="E27" s="2">
+      <c r="B28" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" s="2">
         <v>4288.29</v>
       </c>
-      <c r="F27" s="1" t="s">
+      <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>