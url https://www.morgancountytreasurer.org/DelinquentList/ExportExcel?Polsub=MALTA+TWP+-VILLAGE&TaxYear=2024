--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -451,57 +451,57 @@
   <si>
     <t>07011500</t>
   </si>
   <si>
     <t>WHITE MARILYN S &amp; RICHARD L NEWTON JR</t>
   </si>
   <si>
     <t>2136 W HOSOM RD</t>
   </si>
   <si>
     <t>080-000-450-0</t>
   </si>
   <si>
     <t>BELL MICHELLE L</t>
   </si>
   <si>
     <t>155 2ND ST</t>
   </si>
   <si>
     <t>080-000-640-0</t>
   </si>
   <si>
     <t>SHAW JOSHUA S</t>
   </si>
   <si>
-    <t xml:space="preserve">7TH ST  SD 49</t>
+    <t>235 BALLPARK RD</t>
   </si>
   <si>
     <t>080-000-650-0</t>
   </si>
   <si>
-    <t xml:space="preserve">211 7TH ST  SD 57</t>
+    <t>233 BALL PARK RD</t>
   </si>
   <si>
     <t>080-001-380-0</t>
   </si>
   <si>
     <t>VEYON LAKEN M</t>
   </si>
   <si>
     <t xml:space="preserve">8TH ST  INLOT 34</t>
   </si>
   <si>
     <t>080-001-850-0</t>
   </si>
   <si>
     <t>DUNN MARY ALICE</t>
   </si>
   <si>
     <t>FURNACE ST</t>
   </si>
   <si>
     <t>080-001-860-0</t>
   </si>
   <si>
     <t>621 N MAIN ST</t>
   </si>
@@ -641,1391 +641,1391 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2719.29</v>
+        <v>2791.8</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="2">
-        <v>3593.64</v>
+        <v>3689.45</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="2">
-        <v>1074.36</v>
+        <v>1103</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>1593.03</v>
+        <v>1635.51</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>9122.05</v>
+        <v>9365.31</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="2">
-        <v>3386.6</v>
+        <v>3476.89</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="2">
-        <v>111.08</v>
+        <v>114.04</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2">
-        <v>196</v>
+        <v>201.2</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="2">
-        <v>2374.57</v>
+        <v>2437.89</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="2">
-        <v>585.44</v>
+        <v>601.05</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2">
-        <v>1276.06</v>
+        <v>1310.08</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>4477.53</v>
+        <v>4596.93</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>178.19</v>
+        <v>182.94</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>802.61</v>
+        <v>824.02</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>256.19</v>
+        <v>263.02</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>456.27</v>
+        <v>468.44</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>7128.86</v>
+        <v>7318.95</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>2147.8</v>
+        <v>2205.06</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>801.21</v>
+        <v>822.57</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="2">
-        <v>1345.03</v>
+        <v>1380.89</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>307.63</v>
+        <v>315.83</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>928.37</v>
+        <v>953.12</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2">
-        <v>3.47</v>
+        <v>3.56</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="2">
-        <v>1.46</v>
+        <v>1.5</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="2">
-        <v>20.34</v>
+        <v>20.87</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="2">
-        <v>8.06</v>
+        <v>8.27</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="2">
-        <v>190.9</v>
+        <v>195.99</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="2">
-        <v>84.28</v>
+        <v>86.53</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="2">
-        <v>10.71</v>
+        <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="2">
-        <v>13.17</v>
+        <v>13.52</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E32" s="2">
-        <v>7.28</v>
+        <v>7.47</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="2">
-        <v>82.06</v>
+        <v>84.24</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E34" s="2">
-        <v>2.29</v>
+        <v>2.35</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="2">
-        <v>4.25</v>
+        <v>4.35</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="2">
-        <v>1.69</v>
+        <v>1.73</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E37" s="2">
-        <v>3.61</v>
+        <v>3.71</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="2">
-        <v>109.83</v>
+        <v>112.76</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="2">
-        <v>2207.56</v>
+        <v>2266.41</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="2">
-        <v>3605.47</v>
+        <v>3701.63</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="2">
-        <v>1310.43</v>
+        <v>1345.36</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="2">
-        <v>64.08</v>
+        <v>65.79</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="2">
-        <v>2864.73</v>
+        <v>2941.13</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="2">
-        <v>134.14</v>
+        <v>137.72</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="2">
-        <v>109.83</v>
+        <v>112.76</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="2">
-        <v>2207.56</v>
+        <v>2266.41</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E47" s="2">
-        <v>16.45</v>
+        <v>16.9</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E48" s="2">
-        <v>24.61</v>
+        <v>25.28</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E49" s="2">
-        <v>51.44</v>
+        <v>52.81</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E50" s="2">
-        <v>322.86</v>
+        <v>331.46</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E51" s="2">
-        <v>236.39</v>
+        <v>242.69</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E52" s="2">
-        <v>322.86</v>
+        <v>331.46</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E53" s="2">
-        <v>1272.61</v>
+        <v>1306.55</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E54" s="2">
-        <v>605.21</v>
+        <v>621.34</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E55" s="2">
-        <v>811.78</v>
+        <v>833.43</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E56" s="2">
-        <v>182.44</v>
+        <v>187.3</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E57" s="2">
-        <v>2787.58</v>
+        <v>2861.91</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E58" s="2">
-        <v>2239.74</v>
+        <v>2299.45</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E59" s="2">
-        <v>420.69</v>
+        <v>431.91</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E60" s="2">
-        <v>246.35</v>
+        <v>252.92</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E61" s="2">
-        <v>213.38</v>
+        <v>219.07</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E62" s="2">
-        <v>78.83</v>
+        <v>80.93</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>156</v>
       </c>
       <c r="E63" s="2">
-        <v>641.48</v>
+        <v>658.57</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E64" s="2">
-        <v>8827.4</v>
+        <v>9062.79</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E65" s="2">
-        <v>32.59</v>
+        <v>33.46</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E66" s="2">
-        <v>131.71</v>
+        <v>135.22</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E67" s="2">
-        <v>10839.96</v>
+        <v>11129.01</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E68" s="2">
-        <v>1476.1</v>
+        <v>1515.47</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>171</v>
       </c>
       <c r="E69" s="2">
-        <v>72.52</v>
+        <v>74.46</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>