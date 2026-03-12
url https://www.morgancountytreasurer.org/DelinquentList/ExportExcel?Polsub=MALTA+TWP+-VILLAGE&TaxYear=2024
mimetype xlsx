--- v1 (2025-12-18)
+++ v2 (2026-03-12)
@@ -5,2084 +5,149 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
-  <si>
-[...496 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F69" headerRowCount="1">
-  <autoFilter ref="A1:F69"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28912&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F69"/>
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
+    <col min="1" max="1" width="16.77606964111328" customWidth="1"/>
+    <col min="2" max="2" width="13.05722713470459" customWidth="1"/>
+    <col min="3" max="3" width="13.982078552246094" customWidth="1"/>
+    <col min="4" max="4" width="16.4118595123291" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="13.9022798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...1358 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...68 lines deleted...]
-  </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>