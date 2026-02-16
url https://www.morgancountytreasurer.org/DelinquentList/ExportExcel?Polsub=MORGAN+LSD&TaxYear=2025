--- v0 (2026-01-02)
+++ v1 (2026-02-16)
@@ -5,130 +5,109 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3273" uniqueCount="3273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2877" uniqueCount="2877">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>010-000-690-5</t>
   </si>
   <si>
     <t>STACE STEVEN M</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
     <t>8105 N ST RT 669</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>010-000-700-9</t>
-[...2 lines deleted...]
-    <t>JENKINS MICHAEL L &amp; TINA S</t>
+    <t>010-000-790-4</t>
+  </si>
+  <si>
+    <t>SPICER DONALD</t>
+  </si>
+  <si>
+    <t>6878 N ST RT 669</t>
+  </si>
+  <si>
+    <t>010-000-850-0</t>
+  </si>
+  <si>
+    <t>VICKERS JAMES R II &amp; HANNAH R</t>
+  </si>
+  <si>
+    <t>9193 N ST RT 669</t>
+  </si>
+  <si>
+    <t>010-000-860-0</t>
   </si>
   <si>
     <t>ST RT 669</t>
   </si>
   <si>
-    <t>010-000-790-3</t>
-[...34 lines deleted...]
-  <si>
     <t>010-000-870-0</t>
   </si>
   <si>
     <t>010-000-961-1</t>
   </si>
   <si>
     <t>BURCHETTE BENJAMIN</t>
   </si>
   <si>
     <t>BUTTERMILK HILL RD</t>
   </si>
   <si>
     <t>01000100</t>
   </si>
   <si>
     <t>DENBOW DONALD R &amp; MICHAEL</t>
   </si>
   <si>
     <t>9225 DEER RUN LANE</t>
   </si>
   <si>
     <t>010-001-120-0</t>
   </si>
   <si>
     <t>WOLFE STEVEN MJ &amp; SARAH E SURVIVORSHIP</t>
@@ -163,59 +142,50 @@
   <si>
     <t>010-001-230-0</t>
   </si>
   <si>
     <t>010-001-500-0</t>
   </si>
   <si>
     <t>STICKLE JEFFREY</t>
   </si>
   <si>
     <t>9045 N RIVER RD</t>
   </si>
   <si>
     <t>010-002-060-0</t>
   </si>
   <si>
     <t>01000230</t>
   </si>
   <si>
     <t>WILSON JR JAMES C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>010-002-370-0</t>
-[...7 lines deleted...]
-  <si>
     <t>010-002-520-0</t>
   </si>
   <si>
     <t>HEMRY CHERYL ANN</t>
   </si>
   <si>
     <t>7150 BUTTERMILK HILL RD</t>
   </si>
   <si>
     <t>010-003-000-3</t>
   </si>
   <si>
     <t>WORK JEFFREY A &amp; CHARITY L</t>
   </si>
   <si>
     <t>6575 N ST RT 669</t>
   </si>
   <si>
     <t>010-003-080-0</t>
   </si>
   <si>
     <t>PARRETT JOSHUA &amp; DIAMOND</t>
   </si>
   <si>
     <t>6043 N ST RT 60</t>
@@ -406,194 +376,137 @@
   <si>
     <t>SHACKELFORD MARGARET B TRUSTEE</t>
   </si>
   <si>
     <t>DEER RUN LN</t>
   </si>
   <si>
     <t>010-005-600-0</t>
   </si>
   <si>
     <t>DICKINSON CHARLOTTE A &amp; TERRY L</t>
   </si>
   <si>
     <t>6424 N ST RT 60</t>
   </si>
   <si>
     <t>010-005-610-0</t>
   </si>
   <si>
     <t>010-005-750-0</t>
   </si>
   <si>
     <t>HILL GLENN H &amp; DARLENE C</t>
   </si>
   <si>
-    <t>010-005-950-0</t>
-[...7 lines deleted...]
-  <si>
     <t>01000640</t>
   </si>
   <si>
     <t>MOORE BEVERLY A</t>
   </si>
   <si>
     <t>010-006-470-6</t>
   </si>
   <si>
     <t>THARP JOSEPH</t>
   </si>
   <si>
     <t>010-006-470-7</t>
   </si>
   <si>
     <t>CLAY CAROL A</t>
   </si>
   <si>
     <t>7675 N ST RT 669</t>
   </si>
   <si>
     <t>010-006-480-0</t>
   </si>
   <si>
     <t>MICHAEL JOSHUA A</t>
   </si>
   <si>
     <t>7438 N ST RT 669</t>
   </si>
   <si>
     <t>010-006-500-1</t>
   </si>
   <si>
     <t>HART CHARLES &amp; LISA ANN PANZONE GISH ETAL</t>
   </si>
   <si>
     <t>7581 N ST RT 669</t>
   </si>
   <si>
     <t>010-006-760-0</t>
   </si>
   <si>
     <t>KRAUSE ROBIN</t>
   </si>
   <si>
-    <t>010-006-910-0</t>
-[...7 lines deleted...]
-  <si>
     <t>010-006-990-0</t>
   </si>
   <si>
     <t>SIX DAWN R</t>
   </si>
   <si>
     <t>6310 N ST RT 60</t>
   </si>
   <si>
     <t>010-007-000-0</t>
   </si>
   <si>
     <t>01000720</t>
   </si>
   <si>
     <t>STICKLE DWIGHT L</t>
   </si>
   <si>
     <t>010-007-330-0</t>
   </si>
   <si>
     <t>ALEXANDER BRANDON</t>
   </si>
   <si>
     <t>N ST RT 669</t>
   </si>
   <si>
-    <t>010-007-480-0</t>
-[...19 lines deleted...]
-  <si>
     <t>010-007-510-0</t>
   </si>
   <si>
     <t>HANNUM TERRY</t>
   </si>
   <si>
     <t>8785 N ST RT 60</t>
   </si>
   <si>
-    <t>010-007-700-0</t>
-[...7 lines deleted...]
-  <si>
     <t>010-008-190-0</t>
   </si>
   <si>
     <t>8793 N ST RT 60</t>
   </si>
   <si>
-    <t>010-008-340-0</t>
-[...7 lines deleted...]
-  <si>
     <t>010-008-580-0</t>
   </si>
   <si>
     <t>MOORE JOHN L &amp; ALFRED E MOORE ETAL</t>
   </si>
   <si>
     <t>8145 N ST RT 60</t>
   </si>
   <si>
     <t>010-008-820-0</t>
   </si>
   <si>
     <t>WALLACE ROBIN R</t>
   </si>
   <si>
     <t>10595 N ST RT 60</t>
   </si>
   <si>
     <t>010-008-910-0</t>
   </si>
   <si>
     <t>ELMORE JASON D</t>
   </si>
   <si>
     <t>6611 N ST RT 60</t>
@@ -733,56 +646,50 @@
   <si>
     <t>6430 N BUTTERMILK HILL RD</t>
   </si>
   <si>
     <t>01002990</t>
   </si>
   <si>
     <t>STARLING DANIEL W</t>
   </si>
   <si>
     <t>01003060</t>
   </si>
   <si>
     <t>LAWYER GARY A &amp; PAMELA</t>
   </si>
   <si>
     <t>01003080</t>
   </si>
   <si>
     <t>CLOUSE PATRICIA A</t>
   </si>
   <si>
     <t>6685 N ST RT 669</t>
   </si>
   <si>
-    <t>01003900</t>
-[...4 lines deleted...]
-  <si>
     <t>01003920</t>
   </si>
   <si>
     <t>RIMEL MARY K</t>
   </si>
   <si>
     <t>01005050</t>
   </si>
   <si>
     <t>WISEMAN JANE</t>
   </si>
   <si>
     <t>01005200</t>
   </si>
   <si>
     <t>KOEHNLE FRANK JR &amp; VIOLET</t>
   </si>
   <si>
     <t>01005210</t>
   </si>
   <si>
     <t>01010060</t>
   </si>
   <si>
     <t>STANLEY EMMALEE J</t>
@@ -946,83 +853,65 @@
   <si>
     <t>THE FISHING DRAGONFLY LLC</t>
   </si>
   <si>
     <t>6516 S R 60</t>
   </si>
   <si>
     <t>01011890</t>
   </si>
   <si>
     <t>LOVE ANGEL</t>
   </si>
   <si>
     <t>8019 ISLAND RUN RD</t>
   </si>
   <si>
     <t>01011960</t>
   </si>
   <si>
     <t>DAMRON ANNA</t>
   </si>
   <si>
     <t>5501 N S R 60 NW LOT 8</t>
   </si>
   <si>
-    <t>02000040</t>
-[...7 lines deleted...]
-  <si>
     <t>020-002-690-0</t>
   </si>
   <si>
     <t>EMRICK DOUGLAS A JR &amp; TAMMY S</t>
   </si>
   <si>
     <t>440 E BONE RD</t>
   </si>
   <si>
     <t>020-002-700-0</t>
   </si>
   <si>
     <t>BONE RD</t>
   </si>
   <si>
-    <t>020-002-870-6</t>
-[...7 lines deleted...]
-  <si>
     <t>020-002-871-1</t>
   </si>
   <si>
     <t>MAYLE TYSON L</t>
   </si>
   <si>
     <t>2500 FRED MUMMEY RD</t>
   </si>
   <si>
     <t>020-002-872-1</t>
   </si>
   <si>
     <t>DALTON ASHLEY</t>
   </si>
   <si>
     <t>2508 FRED MUMMEY RD</t>
   </si>
   <si>
     <t>020-003-010-0</t>
   </si>
   <si>
     <t>ZUMBRO LARRY W</t>
   </si>
   <si>
     <t>5227 HANN RD</t>
@@ -1129,110 +1018,92 @@
   <si>
     <t>EMRICK DOUGLAS A JR</t>
   </si>
   <si>
     <t>440 BONE RD</t>
   </si>
   <si>
     <t>02010130</t>
   </si>
   <si>
     <t>EMRICK DOUGLAS A</t>
   </si>
   <si>
     <t>7333 N LAWRENCE RD</t>
   </si>
   <si>
     <t>020-600-050-0</t>
   </si>
   <si>
     <t>CEMETERY (BAPTIST)</t>
   </si>
   <si>
     <t>-9 ST RT 284</t>
   </si>
   <si>
-    <t>040-000-290-2</t>
-[...7 lines deleted...]
-  <si>
     <t>040-000-340-0</t>
   </si>
   <si>
     <t>ANDERSON BRUCE</t>
   </si>
   <si>
     <t>9993 ST RT 37</t>
   </si>
   <si>
     <t>040-000-350-3</t>
   </si>
   <si>
     <t>ALTIER SHAWN M</t>
   </si>
   <si>
     <t>9700 ST RT 37</t>
   </si>
   <si>
     <t>040-000-351-1</t>
   </si>
   <si>
     <t>ST RT 37</t>
   </si>
   <si>
     <t>040-000-420-3</t>
   </si>
   <si>
     <t>WHISKY SAUER LLC</t>
   </si>
   <si>
     <t>STONEBURNER RD</t>
   </si>
   <si>
     <t>040-000-420-5</t>
   </si>
   <si>
     <t>COPLAN IV JOHN L &amp; JILLIAN M COPLAN</t>
   </si>
   <si>
     <t>7113 STONEBURNER RD</t>
   </si>
   <si>
-    <t>040-000-740-0</t>
-[...7 lines deleted...]
-  <si>
     <t>040-000-770-0</t>
   </si>
   <si>
     <t>MCCOY DICKIE LEE</t>
   </si>
   <si>
     <t>9470 BEAVER LN</t>
   </si>
   <si>
     <t>040-000-930-0</t>
   </si>
   <si>
     <t>COLLINS LINDA S</t>
   </si>
   <si>
     <t>ST RT 555</t>
   </si>
   <si>
     <t>040-000-960-0</t>
   </si>
   <si>
     <t>THOMAS ROBERT D &amp; ELIZABETH J</t>
   </si>
   <si>
     <t>10625 TRIADELPHIA RD</t>
@@ -1345,95 +1216,68 @@
   <si>
     <t>040-002-190-3</t>
   </si>
   <si>
     <t>HAWKES TERRY &amp; KIMBERLY</t>
   </si>
   <si>
     <t>2510 PATTERSON LN</t>
   </si>
   <si>
     <t>040-002-251-1</t>
   </si>
   <si>
     <t>PARKER GEORGE PAUL</t>
   </si>
   <si>
     <t>MOLLOHAN RD</t>
   </si>
   <si>
     <t>040-002-251-2</t>
   </si>
   <si>
     <t>8039 MOLLAHAN RD</t>
   </si>
   <si>
-    <t>040-002-890-1</t>
-[...7 lines deleted...]
-  <si>
     <t>040-002-900-0</t>
   </si>
   <si>
     <t>MASTERSON ROY J</t>
   </si>
   <si>
     <t>BANKES RD</t>
   </si>
   <si>
     <t>040-003-360-0</t>
   </si>
   <si>
     <t>MCELHINEY T E</t>
   </si>
   <si>
     <t xml:space="preserve">TRIADELPHIA RD  SD 1</t>
   </si>
   <si>
-    <t>040-003-600-0</t>
-[...16 lines deleted...]
-  <si>
     <t>04000390</t>
   </si>
   <si>
     <t>GERMAN RONALD D</t>
   </si>
   <si>
     <t>040-004-410-3</t>
   </si>
   <si>
     <t>RILEY SUZANNA M</t>
   </si>
   <si>
     <t>TRIADELPHIA RD</t>
   </si>
   <si>
     <t>040-004-520-1</t>
   </si>
   <si>
     <t>NELSON CHANTELLE</t>
   </si>
   <si>
     <t>5110 PRICE RD</t>
   </si>
   <si>
     <t>040-004-620-0</t>
@@ -1624,53 +1468,50 @@
   <si>
     <t>04010420</t>
   </si>
   <si>
     <t>WARD BILL</t>
   </si>
   <si>
     <t>04010430</t>
   </si>
   <si>
     <t>2976 NEWLON RD</t>
   </si>
   <si>
     <t>04010520</t>
   </si>
   <si>
     <t>2991 NEWLON RD</t>
   </si>
   <si>
     <t>04010560</t>
   </si>
   <si>
     <t>MCINTYRE MADALINE J</t>
   </si>
   <si>
-    <t>04010800</t>
-[...1 lines deleted...]
-  <si>
     <t>04010890</t>
   </si>
   <si>
     <t>THOMAS MICHELLE E</t>
   </si>
   <si>
     <t xml:space="preserve">10629 TRIADELPHIA RD  \</t>
   </si>
   <si>
     <t>05000010</t>
   </si>
   <si>
     <t>ADAMS VERA</t>
   </si>
   <si>
     <t>050-001-290-0</t>
   </si>
   <si>
     <t>NOLAND TONYA</t>
   </si>
   <si>
     <t xml:space="preserve">6186 S R 78  SD 09</t>
   </si>
   <si>
     <t>05000140</t>
@@ -1849,68 +1690,50 @@
   <si>
     <t>MORNINGSIDE DR</t>
   </si>
   <si>
     <t>050-005-330-0</t>
   </si>
   <si>
     <t>INFINITUM LLC</t>
   </si>
   <si>
     <t>5227 ROCK HOLLOW LN</t>
   </si>
   <si>
     <t>050-005-340-0</t>
   </si>
   <si>
     <t>ROCK HOLLOW LN</t>
   </si>
   <si>
     <t>05000610</t>
   </si>
   <si>
     <t>TIEDTKE FREDRICK &amp; TATE</t>
   </si>
   <si>
-    <t>050-006-270-1</t>
-[...16 lines deleted...]
-  <si>
     <t>05000650</t>
   </si>
   <si>
     <t>HARRIS GLENN E</t>
   </si>
   <si>
     <t>050-006-950-0</t>
   </si>
   <si>
     <t>HALLER JAMES R &amp; DIANE A</t>
   </si>
   <si>
     <t>8175 BISHOPVILLE RD</t>
   </si>
   <si>
     <t>05000800</t>
   </si>
   <si>
     <t>RUSSELL FLOYD ERIC</t>
   </si>
   <si>
     <t>050-008-030-0</t>
   </si>
   <si>
     <t>MATHENY MARCELLA J</t>
@@ -2290,59 +2113,50 @@
   <si>
     <t>050-013-630-0</t>
   </si>
   <si>
     <t>GUTHRIE NOAH</t>
   </si>
   <si>
     <t>DOCK 2 CR 108</t>
   </si>
   <si>
     <t>050-013-760-0</t>
   </si>
   <si>
     <t>BUCHANAN BRYAN &amp; MELINDA</t>
   </si>
   <si>
     <t xml:space="preserve">10840 DOCK TWO A RD  INLOT 107</t>
   </si>
   <si>
     <t>050-013-790-0</t>
   </si>
   <si>
     <t xml:space="preserve">DOCK TWO A RD  INLOT 14</t>
   </si>
   <si>
-    <t>050-013-970-0</t>
-[...7 lines deleted...]
-  <si>
     <t>050-013-980-0</t>
   </si>
   <si>
     <t>TIEDTKE FREDERICK W &amp; TATE TIEDTKE</t>
   </si>
   <si>
     <t xml:space="preserve">DOCK TWO A RD  INLOT 112</t>
   </si>
   <si>
     <t>050-014-020-0</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 87</t>
   </si>
   <si>
     <t>050-014-030-0</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 88</t>
   </si>
   <si>
     <t>050-014-740-0</t>
   </si>
   <si>
     <t>NUZUM TODD</t>
@@ -2713,59 +2527,50 @@
   <si>
     <t xml:space="preserve">UPPER OIL SPRING RD  SD 9</t>
   </si>
   <si>
     <t>070-000-860-0</t>
   </si>
   <si>
     <t xml:space="preserve">UPPER OIL SPRING RD  SD 11</t>
   </si>
   <si>
     <t>07000103</t>
   </si>
   <si>
     <t>HILAMAN CHRIS</t>
   </si>
   <si>
     <t>070-001-261-3</t>
   </si>
   <si>
     <t>DEARINGER ZACKARY D</t>
   </si>
   <si>
     <t>2630 POPLAR RIDGE RD</t>
   </si>
   <si>
-    <t>070-001-360-0</t>
-[...7 lines deleted...]
-  <si>
     <t>070-001-500-0</t>
   </si>
   <si>
     <t>MAYLE ROGER DALE</t>
   </si>
   <si>
     <t xml:space="preserve">S R 377  SD 22</t>
   </si>
   <si>
     <t>070-001-560-0</t>
   </si>
   <si>
     <t>WHALEY EUGENE TOD-JAKAYLA MCGRATH</t>
   </si>
   <si>
     <t xml:space="preserve">S R 37  SD 28</t>
   </si>
   <si>
     <t>07000160</t>
   </si>
   <si>
     <t>COOK HOWARD N</t>
   </si>
   <si>
     <t>07000191</t>
@@ -2779,101 +2584,65 @@
   <si>
     <t>070-001-980-0</t>
   </si>
   <si>
     <t>CAULKINS ROBIN E</t>
   </si>
   <si>
     <t>4100 N ST RT 669</t>
   </si>
   <si>
     <t>070-001-990-0</t>
   </si>
   <si>
     <t xml:space="preserve">4100 S R 669  SD 23</t>
   </si>
   <si>
     <t>070-002-130-0</t>
   </si>
   <si>
     <t>FUTURE ENERGY CORP</t>
   </si>
   <si>
     <t>MAIN ST</t>
   </si>
   <si>
-    <t>070-002-160-0</t>
-[...16 lines deleted...]
-  <si>
     <t>07000260</t>
   </si>
   <si>
     <t>EHNIE ROSE A</t>
   </si>
   <si>
-    <t>070-002-720-0</t>
-[...7 lines deleted...]
-  <si>
     <t>070-002-931-1</t>
   </si>
   <si>
     <t>FRISBY ROBERT L JR &amp; LINDA L</t>
   </si>
   <si>
     <t>UPPER DOUDA</t>
   </si>
   <si>
-    <t>070-002-931-8</t>
-[...7 lines deleted...]
-  <si>
     <t>070-002-932-1</t>
   </si>
   <si>
     <t>RHEYNE ABBY M &amp; ANTONIO F DELUNA</t>
   </si>
   <si>
     <t xml:space="preserve">715 UPPER DOUDA RD  LOT 10</t>
   </si>
   <si>
     <t>070-003-060-0</t>
   </si>
   <si>
     <t>HILL JAMES L</t>
   </si>
   <si>
     <t xml:space="preserve">ECHO HILL RD  SD 93</t>
   </si>
   <si>
     <t>070-003-250-0</t>
   </si>
   <si>
     <t>WHITE MARILYN S &amp; RICHARD LEE NEWTON JR</t>
   </si>
   <si>
     <t xml:space="preserve">2136 HOSOM RD  SD 10</t>
@@ -2950,3854 +2719,3203 @@
   <si>
     <t>FERGUSON THOMAS J</t>
   </si>
   <si>
     <t>S RIVERVIEW RD</t>
   </si>
   <si>
     <t>070-005-280-0</t>
   </si>
   <si>
     <t>SCHRAMM MICHAEL L JR &amp; BRANDY</t>
   </si>
   <si>
     <t>2038 MALTA HILL RD</t>
   </si>
   <si>
     <t>070-005-290-0</t>
   </si>
   <si>
     <t>NORMAN DAVID E JR &amp; CLORIS</t>
   </si>
   <si>
     <t xml:space="preserve">MALTA HILL RD  SD 8-9</t>
   </si>
   <si>
-    <t>070-005-480-3</t>
-[...7 lines deleted...]
-  <si>
     <t>070-005-530-0</t>
   </si>
   <si>
     <t>PARKER MARY ET4AL</t>
   </si>
   <si>
     <t xml:space="preserve">S R 377  SD 23</t>
   </si>
   <si>
     <t>070-005-610-0</t>
   </si>
   <si>
     <t>HAMAN JAMES E &amp; JANELLE L</t>
   </si>
   <si>
     <t>HOSOM RD</t>
   </si>
   <si>
     <t>070-005-700-0</t>
   </si>
   <si>
     <t>BIGART DAVID L &amp; MARY ANNA RANEY BIGART</t>
   </si>
   <si>
     <t>3990 RAINEY HILL RD</t>
   </si>
   <si>
     <t>070-005-710-2</t>
   </si>
   <si>
     <t>RIGGS JESSIE &amp; TIFFANY</t>
   </si>
   <si>
     <t>4159 RAINEY HILL RD</t>
   </si>
   <si>
-    <t>070-005-820-1</t>
-[...2 lines deleted...]
-    <t>KYLE AND MELISSA DILLARD LIVING TRUST</t>
+    <t>070-007-290-0</t>
+  </si>
+  <si>
+    <t>TOMES TREES LLC</t>
+  </si>
+  <si>
+    <t>EMMETT JOHN LN SD 8</t>
+  </si>
+  <si>
+    <t>070-007-430-0</t>
+  </si>
+  <si>
+    <t>LORTZ ROBIN EILEEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 669  SD 28</t>
+  </si>
+  <si>
+    <t>070-007-660-0</t>
+  </si>
+  <si>
+    <t>WEINGART LYNN A &amp; BETTY M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2114 MALTA HILL RD  SD 14-27</t>
+  </si>
+  <si>
+    <t>070-007-780-0</t>
+  </si>
+  <si>
+    <t>WIENER EARL B &amp; BARBARA RAYMOND J &amp; SUSAN INMAN JR</t>
+  </si>
+  <si>
+    <t>070-007-830-0</t>
+  </si>
+  <si>
+    <t>WILLISON STEVEN L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 669  SD 18</t>
+  </si>
+  <si>
+    <t>070-008-050-1</t>
+  </si>
+  <si>
+    <t>RICHARDS JESSICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECHO HILL RD  SD 52</t>
+  </si>
+  <si>
+    <t>070-008-120-1</t>
+  </si>
+  <si>
+    <t>BALL DEBORAH G</t>
+  </si>
+  <si>
+    <t>1069 N RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>070-008-140-0</t>
+  </si>
+  <si>
+    <t>WRIGHT MICHAEL E</t>
+  </si>
+  <si>
+    <t>S R 669</t>
+  </si>
+  <si>
+    <t>070-008-660-0</t>
+  </si>
+  <si>
+    <t>4129 S R 669</t>
+  </si>
+  <si>
+    <t>070-008-680-0</t>
+  </si>
+  <si>
+    <t>4147 S R 669</t>
+  </si>
+  <si>
+    <t>070-008-750-0</t>
+  </si>
+  <si>
+    <t>380 N RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>070-008-770-0</t>
+  </si>
+  <si>
+    <t>374 N RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>070-008-780-0</t>
+  </si>
+  <si>
+    <t>N RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>070-008-850-0</t>
+  </si>
+  <si>
+    <t>QUALITY BUSINESS INVESTMENTS, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">496 RIVERVIEW  INLOT 21</t>
+  </si>
+  <si>
+    <t>070-008-860-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">496 RIVERVIEW  INLOT 22</t>
+  </si>
+  <si>
+    <t>070-008-870-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">496 RIVERVIEW  INLOT 23</t>
+  </si>
+  <si>
+    <t>070-009-090-0</t>
+  </si>
+  <si>
+    <t>MARTIE DENNIS L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5274 S R 669  INLOT 3</t>
+  </si>
+  <si>
+    <t>070-009-100-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5274 S R 669  INLOT 4</t>
+  </si>
+  <si>
+    <t>070-010-680-2</t>
+  </si>
+  <si>
+    <t>LOWE DONOVAN ESTATE</t>
+  </si>
+  <si>
+    <t>070-010-680-3</t>
+  </si>
+  <si>
+    <t>LOWE DONOVAN C/O MORGAN CO REALTY</t>
+  </si>
+  <si>
+    <t>070-010-740-1</t>
+  </si>
+  <si>
+    <t>070-010-740-2</t>
+  </si>
+  <si>
+    <t>MORGAN COUNTY REALTY</t>
+  </si>
+  <si>
+    <t>070-010-750-1</t>
+  </si>
+  <si>
+    <t>070-010-750-3</t>
+  </si>
+  <si>
+    <t>070-010-750-7</t>
+  </si>
+  <si>
+    <t>070-010-760-4</t>
+  </si>
+  <si>
+    <t>070-010-800-1</t>
+  </si>
+  <si>
+    <t>SEES RUSSELL</t>
+  </si>
+  <si>
+    <t>070-011-200-1</t>
+  </si>
+  <si>
+    <t>070-011-200-2</t>
+  </si>
+  <si>
+    <t>070-011-280-1</t>
+  </si>
+  <si>
+    <t>LOWE DONOVAN</t>
+  </si>
+  <si>
+    <t>070-011-540-1</t>
+  </si>
+  <si>
+    <t>070-013-160-3</t>
+  </si>
+  <si>
+    <t>07001490</t>
+  </si>
+  <si>
+    <t>BUCHANAN JOE A</t>
+  </si>
+  <si>
+    <t>07002260</t>
+  </si>
+  <si>
+    <t>COFFEE JAMES</t>
+  </si>
+  <si>
+    <t>07002370</t>
+  </si>
+  <si>
+    <t>SOWERS CHERYL</t>
+  </si>
+  <si>
+    <t>07002390</t>
+  </si>
+  <si>
+    <t>WHITE MARILYN</t>
+  </si>
+  <si>
+    <t>07002450</t>
+  </si>
+  <si>
+    <t>HUEY BRIAN JAMES</t>
+  </si>
+  <si>
+    <t>07002640</t>
+  </si>
+  <si>
+    <t>VINCENT MICHAEL J</t>
+  </si>
+  <si>
+    <t>07002780</t>
+  </si>
+  <si>
+    <t>ROBERTS RICHARD C &amp; AMY JO WEAVER</t>
+  </si>
+  <si>
+    <t>07002940</t>
+  </si>
+  <si>
+    <t>07003030</t>
+  </si>
+  <si>
+    <t>CAIN BILL &amp; JANET</t>
+  </si>
+  <si>
+    <t>07003070</t>
+  </si>
+  <si>
+    <t>MAYLE ERIC</t>
+  </si>
+  <si>
+    <t>07010030</t>
+  </si>
+  <si>
+    <t>BEARD STEVEN</t>
+  </si>
+  <si>
+    <t>4875 N S R 669 NW</t>
+  </si>
+  <si>
+    <t>07010050</t>
+  </si>
+  <si>
+    <t>BURNS THOMAS C &amp; RENEIA</t>
+  </si>
+  <si>
+    <t>265 N BIG OAK RD</t>
+  </si>
+  <si>
+    <t>07010090</t>
+  </si>
+  <si>
+    <t>WARTHMAN TOBYN TYLER</t>
+  </si>
+  <si>
+    <t>322 S RIVER RD</t>
+  </si>
+  <si>
+    <t>07010250</t>
+  </si>
+  <si>
+    <t>374 S RIVER RD</t>
+  </si>
+  <si>
+    <t>07010310</t>
+  </si>
+  <si>
+    <t>SCHLOSSER MERLYN A</t>
+  </si>
+  <si>
+    <t>715 UPPER DOUDA</t>
+  </si>
+  <si>
+    <t>07010320</t>
+  </si>
+  <si>
+    <t>PFOUTS MICHAEL &amp; SHERRIE</t>
+  </si>
+  <si>
+    <t>520 N RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>07010430</t>
+  </si>
+  <si>
+    <t>SCHMIDT MARY</t>
+  </si>
+  <si>
+    <t>2615 HOSOM RD</t>
+  </si>
+  <si>
+    <t>07010650</t>
+  </si>
+  <si>
+    <t>07011220</t>
+  </si>
+  <si>
+    <t>PETTET MELINDA</t>
+  </si>
+  <si>
+    <t>3366 S R 78</t>
+  </si>
+  <si>
+    <t>07011250</t>
+  </si>
+  <si>
+    <t>ARICK STEPHANIE</t>
+  </si>
+  <si>
+    <t>2455 CURRY LANE</t>
+  </si>
+  <si>
+    <t>07011260</t>
+  </si>
+  <si>
+    <t>07011310</t>
+  </si>
+  <si>
+    <t>SEIBEL TOMASENA M C/O ALICE CURTIS</t>
+  </si>
+  <si>
+    <t>2391 ST RT 595</t>
+  </si>
+  <si>
+    <t>07011320</t>
+  </si>
+  <si>
+    <t>CHANDLER JONATHAN W &amp; BETTY J DICKINSON WROS</t>
+  </si>
+  <si>
+    <t>4735 N S R 669</t>
+  </si>
+  <si>
+    <t>07011360</t>
+  </si>
+  <si>
+    <t>FORGRAVE JENNIFER C/O JONATHAN CHANDLER &amp; BETTY DICKINSON</t>
+  </si>
+  <si>
+    <t>4735 S R 669</t>
+  </si>
+  <si>
+    <t>07011500</t>
+  </si>
+  <si>
+    <t>WHITE MARILYN S &amp; RICHARD L NEWTON JR</t>
+  </si>
+  <si>
+    <t>2136 W HOSOM RD</t>
+  </si>
+  <si>
+    <t>080-000-260-3</t>
+  </si>
+  <si>
+    <t>BELL MICHELLE L</t>
+  </si>
+  <si>
+    <t>PALACE HEIGHTS LN SD 127</t>
+  </si>
+  <si>
+    <t>080-000-450-0</t>
+  </si>
+  <si>
+    <t>155 2ND ST</t>
+  </si>
+  <si>
+    <t>080-000-640-0</t>
+  </si>
+  <si>
+    <t>SHAW JOSHUA S</t>
+  </si>
+  <si>
+    <t>235 BALLPARK RD</t>
+  </si>
+  <si>
+    <t>080-000-650-0</t>
+  </si>
+  <si>
+    <t>233 BALL PARK RD</t>
+  </si>
+  <si>
+    <t>080-000-720-0</t>
+  </si>
+  <si>
+    <t>EDWARDS DARREN</t>
+  </si>
+  <si>
+    <t>S MAIN ST</t>
+  </si>
+  <si>
+    <t>080-000-770-0</t>
+  </si>
+  <si>
+    <t>MAYLE KATLIN &amp; JOSHUA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85 FRONT ST  SD 117</t>
+  </si>
+  <si>
+    <t>080-000-850-0</t>
+  </si>
+  <si>
+    <t>KLINE WESLEY A &amp; LORI L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">78 FRONT ST  SD 120</t>
+  </si>
+  <si>
+    <t>080-001-380-0</t>
+  </si>
+  <si>
+    <t>VEYON LAKEN M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8TH ST  INLOT 34</t>
+  </si>
+  <si>
+    <t>080-001-850-0</t>
+  </si>
+  <si>
+    <t>DUNN MARY ALICE</t>
+  </si>
+  <si>
+    <t>FURNACE ST</t>
+  </si>
+  <si>
+    <t>080-001-860-0</t>
+  </si>
+  <si>
+    <t>621 N MAIN ST</t>
+  </si>
+  <si>
+    <t>080-002-110-0</t>
+  </si>
+  <si>
+    <t>PHILLIS PHYLLIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">222 9TH ST  INLOT 68</t>
+  </si>
+  <si>
+    <t>080-002-710-0</t>
+  </si>
+  <si>
+    <t>JACKSON FEROL I</t>
+  </si>
+  <si>
+    <t>080-002-820-0</t>
+  </si>
+  <si>
+    <t>WHITE DEBORA J &amp; RICHARD A KIRKBRIDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 SPRING ST  INLOT 6</t>
+  </si>
+  <si>
+    <t>080-002-830-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRING ST  INLOT 7</t>
+  </si>
+  <si>
+    <t>080-003-650-0</t>
+  </si>
+  <si>
+    <t>CROWLEY LANA D</t>
+  </si>
+  <si>
+    <t>911 HIGH ST</t>
+  </si>
+  <si>
+    <t>080-005-040-0</t>
+  </si>
+  <si>
+    <t>SHANER JAMES C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">601 MAIN ST  INLOT 8</t>
+  </si>
+  <si>
+    <t>08010260</t>
+  </si>
+  <si>
+    <t>MOORE CARROLL R &amp; BEVERLY J</t>
+  </si>
+  <si>
+    <t>3099 PALACE HEIGHTS</t>
+  </si>
+  <si>
+    <t>08010500</t>
+  </si>
+  <si>
+    <t>235 BALL PARK RD</t>
+  </si>
+  <si>
+    <t>090-000-020-0</t>
+  </si>
+  <si>
+    <t>FIGUEROA ABBY</t>
+  </si>
+  <si>
+    <t>7810 N ST RT 78</t>
+  </si>
+  <si>
+    <t>090-000-051-1</t>
+  </si>
+  <si>
+    <t>CLODFELTER REBECCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 78  SD 41</t>
+  </si>
+  <si>
+    <t>090-002-650-0</t>
+  </si>
+  <si>
+    <t>REINHART KETRINA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8245 REINERSVILLE RD  SD 17</t>
+  </si>
+  <si>
+    <t>090-002-660-0</t>
+  </si>
+  <si>
+    <t>7664 S R 78</t>
+  </si>
+  <si>
+    <t>090-003-350-0</t>
+  </si>
+  <si>
+    <t>STOLTZFUS LOGAN &amp; GABRIEL LIN ETAL</t>
+  </si>
+  <si>
+    <t>MANCHESTER RD</t>
+  </si>
+  <si>
+    <t>090-003-410-0</t>
+  </si>
+  <si>
+    <t>090-003-420-0</t>
+  </si>
+  <si>
+    <t>090-003-430-0</t>
+  </si>
+  <si>
+    <t>090-003-450-0</t>
+  </si>
+  <si>
+    <t>090-003-820-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7700 S R 78  SD 33</t>
+  </si>
+  <si>
+    <t>090-003-850-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 78  SD 29</t>
+  </si>
+  <si>
+    <t>090-003-860-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 78  SD 30</t>
+  </si>
+  <si>
+    <t>090-003-870-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 78  SD 35</t>
+  </si>
+  <si>
+    <t>090-003-990-1</t>
+  </si>
+  <si>
+    <t>ST CLAIR NICHOLAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7755 GANT RD  SD 42</t>
+  </si>
+  <si>
+    <t>090-004-560-0</t>
+  </si>
+  <si>
+    <t>HEISS SHELBY &amp; BRAYDEN</t>
+  </si>
+  <si>
+    <t>S R 78</t>
+  </si>
+  <si>
+    <t>090-006-110-0</t>
+  </si>
+  <si>
+    <t>GRESH WILLIAM E</t>
+  </si>
+  <si>
+    <t>090-006-960-0</t>
+  </si>
+  <si>
+    <t>090-007-010-0</t>
+  </si>
+  <si>
+    <t>090-007-060-0</t>
+  </si>
+  <si>
+    <t>090-007-760-3</t>
+  </si>
+  <si>
+    <t>MILLHONE REX</t>
+  </si>
+  <si>
+    <t>09010070</t>
+  </si>
+  <si>
+    <t>MCGRATH SHERRI</t>
+  </si>
+  <si>
+    <t>7701 E S R 78 NE</t>
+  </si>
+  <si>
+    <t>100-000-300-1</t>
+  </si>
+  <si>
+    <t>ROSLER DAVID M &amp; DEBORAH E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3333 POSSUM HOLLOW RD  SD 7</t>
+  </si>
+  <si>
+    <t>100-000-790-0</t>
+  </si>
+  <si>
+    <t>HORNER ROBIN L</t>
+  </si>
+  <si>
+    <t>7833 S ST RT 377</t>
+  </si>
+  <si>
+    <t>10000080</t>
+  </si>
+  <si>
+    <t>COOK GREGORY A</t>
+  </si>
+  <si>
+    <t>100-000-800-0</t>
+  </si>
+  <si>
+    <t>ST RT 377</t>
+  </si>
+  <si>
+    <t>100-001-360-1</t>
+  </si>
+  <si>
+    <t>ALSUP MATTHEW R &amp; TRACI D</t>
+  </si>
+  <si>
+    <t>435 CROSTON RD</t>
+  </si>
+  <si>
+    <t>100-001-780-0</t>
+  </si>
+  <si>
+    <t>SHAW FAMILY DAIRY, LLC</t>
+  </si>
+  <si>
+    <t>5095 ADRIAN RD</t>
+  </si>
+  <si>
+    <t>100-001-810-0</t>
+  </si>
+  <si>
+    <t>MAYLE STEPHANIE RAE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 377  SD 35</t>
+  </si>
+  <si>
+    <t>100-001-820-0</t>
+  </si>
+  <si>
+    <t>6977 S R 377</t>
+  </si>
+  <si>
+    <t>100-001-950-0</t>
+  </si>
+  <si>
+    <t>HORNER ROBIN</t>
+  </si>
+  <si>
+    <t>6967 S ST RT 377</t>
+  </si>
+  <si>
+    <t>100-001-980-1</t>
+  </si>
+  <si>
+    <t>HORNER LARRY M &amp; CYNTHIA ANN</t>
+  </si>
+  <si>
+    <t>EMBREE RD</t>
+  </si>
+  <si>
+    <t>100-002-070-2</t>
+  </si>
+  <si>
+    <t>EVANS CAMERON MITCHELL</t>
+  </si>
+  <si>
+    <t>3150 THOMAS RD</t>
+  </si>
+  <si>
+    <t>100-002-090-0</t>
+  </si>
+  <si>
+    <t>GREGG LEVI &amp; KAYLA</t>
+  </si>
+  <si>
+    <t>ROSS MAYLE LN</t>
+  </si>
+  <si>
+    <t>100-002-091-2</t>
+  </si>
+  <si>
+    <t>SCHLAIRET THOMAS PAUL</t>
+  </si>
+  <si>
+    <t>ROSS MAYLE LN SD 20</t>
+  </si>
+  <si>
+    <t>100-002-170-3</t>
+  </si>
+  <si>
+    <t>GRADY DAKOTA</t>
+  </si>
+  <si>
+    <t>WOOD RD</t>
+  </si>
+  <si>
+    <t>100-002-270-0</t>
+  </si>
+  <si>
+    <t>SINGER LILLIE B</t>
+  </si>
+  <si>
+    <t>735 W BUCKEYE RIDGE RD</t>
+  </si>
+  <si>
+    <t>100-002-630-0</t>
+  </si>
+  <si>
+    <t>CAMPBELL KYLE A &amp; DEBBIE</t>
+  </si>
+  <si>
+    <t>6791 S ST RT 555</t>
+  </si>
+  <si>
+    <t>10000290</t>
+  </si>
+  <si>
+    <t>MINERD HARRY</t>
+  </si>
+  <si>
+    <t>10000300</t>
+  </si>
+  <si>
+    <t>NEWTON RICHARD SR &amp; JANET</t>
+  </si>
+  <si>
+    <t>100-003-090-0</t>
+  </si>
+  <si>
+    <t>HILL WILBERT W</t>
+  </si>
+  <si>
+    <t>9320 COMPRESSOR RD</t>
+  </si>
+  <si>
+    <t>100-003-210-1</t>
+  </si>
+  <si>
+    <t>WILLIAMS ROGER CRAIG &amp; OKEYMA ELAINE</t>
+  </si>
+  <si>
+    <t>8055 CREWS LN</t>
+  </si>
+  <si>
+    <t>100-003-250-0</t>
+  </si>
+  <si>
+    <t>LOMBARDI KURTIS &amp; CHERYL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VAN FOSSEN LN  SD 3</t>
+  </si>
+  <si>
+    <t>100-003-270-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VAN FOSSEN LANE  SD 8</t>
+  </si>
+  <si>
+    <t>10000330</t>
+  </si>
+  <si>
+    <t>PARSONS RICHARD &amp; CHARLENE</t>
+  </si>
+  <si>
+    <t>100-003-370-0</t>
+  </si>
+  <si>
+    <t>SOLOMON AKEEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6990 S R 377  SD 29</t>
+  </si>
+  <si>
+    <t>100-003-380-0</t>
+  </si>
+  <si>
+    <t>HORNER LARRY &amp; CYNTHIA</t>
+  </si>
+  <si>
+    <t>100-003-390-0</t>
+  </si>
+  <si>
+    <t>100-003-400-0</t>
+  </si>
+  <si>
+    <t>1540 EMBREE RD</t>
+  </si>
+  <si>
+    <t>100-004-380-0</t>
+  </si>
+  <si>
+    <t>5341 ADRIAN RD</t>
+  </si>
+  <si>
+    <t>100-004-510-0</t>
+  </si>
+  <si>
+    <t>ROBINSON AMY RUTH ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 10</t>
+  </si>
+  <si>
+    <t>100-004-520-0</t>
+  </si>
+  <si>
+    <t>ROBINSON-COBB AMY R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1960 SWEAT RD  SD 40</t>
+  </si>
+  <si>
+    <t>100-004-530-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 47</t>
+  </si>
+  <si>
+    <t>100-004-540-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 32</t>
+  </si>
+  <si>
+    <t>100-004-580-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEWIS LN  SD 37</t>
+  </si>
+  <si>
+    <t>100-004-590-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1940 LEWIS LN  SD 20</t>
+  </si>
+  <si>
+    <t>100-004-600-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 26</t>
+  </si>
+  <si>
+    <t>100-004-770-2</t>
+  </si>
+  <si>
+    <t>LOWERS JOHN H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3050 GOSHEN RUN RD  SD 21</t>
+  </si>
+  <si>
+    <t>10000510</t>
+  </si>
+  <si>
+    <t>NICHOLS PHYLLIS L</t>
+  </si>
+  <si>
+    <t>100-005-160-0</t>
+  </si>
+  <si>
+    <t>MAYLE MARION HENRY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8905 CREWS LN  SD 9</t>
+  </si>
+  <si>
+    <t>100-005-160-1</t>
+  </si>
+  <si>
+    <t>GOINS SHERON &amp; TANYA</t>
+  </si>
+  <si>
+    <t>8909 CREWS LN</t>
+  </si>
+  <si>
+    <t>100-005-180-0</t>
+  </si>
+  <si>
+    <t>MAYLE RICHARD LEE &amp; JUDITH ANN TRUSTEE OF TRUST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUCKEYE RIDGE RD  SD 30</t>
+  </si>
+  <si>
+    <t>100-005-220-0</t>
+  </si>
+  <si>
+    <t>TABLER TONYA SUE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 41</t>
+  </si>
+  <si>
+    <t>100-005-410-1</t>
+  </si>
+  <si>
+    <t>MAYLE CHRISTA &amp; PAUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1935 SWEAT RD  SD 50</t>
+  </si>
+  <si>
+    <t>100-005-420-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1935 SWEAT RD  SD 51</t>
+  </si>
+  <si>
+    <t>100-005-440-0</t>
+  </si>
+  <si>
+    <t>ERLENWEIN MAGER F II</t>
+  </si>
+  <si>
+    <t>LICK RUN RD</t>
+  </si>
+  <si>
+    <t>100-006-170-0</t>
+  </si>
+  <si>
+    <t>NEWTON STEPHANIE MICHELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7200 WOOD RD  SD 35</t>
+  </si>
+  <si>
+    <t>100-006-180-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOOD RD  SD 38</t>
+  </si>
+  <si>
+    <t>100-006-310-0</t>
+  </si>
+  <si>
+    <t>NORRIS DEBORAH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8847 S R 555  SD 36</t>
+  </si>
+  <si>
+    <t>100-006-550-0</t>
+  </si>
+  <si>
+    <t>PARSONS CHARLENE S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 555  SD 50</t>
+  </si>
+  <si>
+    <t>100-006-940-0</t>
+  </si>
+  <si>
+    <t>PITZ MATHIAS J TOD-SUSEZETTE &amp; NATHANIEL MAYFIELD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6385 TABOR RIDGE RD  SD 32</t>
+  </si>
+  <si>
+    <t>100-007-070-4</t>
+  </si>
+  <si>
+    <t>FIREWICK ERIC B &amp; MADELINE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8089 S R 555  LOT 5</t>
+  </si>
+  <si>
+    <t>100-007-080-0</t>
+  </si>
+  <si>
+    <t>PIRES PATRICK W &amp; GLORIA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUCKEYE RIDGE RD  SD 26</t>
+  </si>
+  <si>
+    <t>100-007-090-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">227 BUCKEYE RIDGE RD  SD 16</t>
+  </si>
+  <si>
+    <t>100-007-140-0</t>
+  </si>
+  <si>
+    <t>SMITH GUY H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEAT RD  SD 25</t>
+  </si>
+  <si>
+    <t>100-007-480-0</t>
+  </si>
+  <si>
+    <t>SMITH GUY H &amp; SHIRLEY</t>
+  </si>
+  <si>
+    <t>SWEAT RD SD 18</t>
+  </si>
+  <si>
+    <t>100-007-490-0</t>
+  </si>
+  <si>
+    <t>SWEAT RD SD 30</t>
+  </si>
+  <si>
+    <t>10000770</t>
+  </si>
+  <si>
+    <t>MAYLE BONNIE</t>
+  </si>
+  <si>
+    <t>100-007-830-1</t>
+  </si>
+  <si>
+    <t>MARQUIS STEVEN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5377 GOSHEN RUN RD  SD 42</t>
+  </si>
+  <si>
+    <t>100-008-680-0</t>
+  </si>
+  <si>
+    <t>SHUTTS TERESA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DILLE RD  SD 24</t>
+  </si>
+  <si>
+    <t>100-008-690-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DILLE RD  SD 8</t>
+  </si>
+  <si>
+    <t>100-008-700-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">533 FISHER HOWARD LN  SD 1</t>
+  </si>
+  <si>
+    <t>100-008-710-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISHER HOWARD LN  SD 5</t>
+  </si>
+  <si>
+    <t>100-008-720-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISHER HOWARD LN  SD 43</t>
+  </si>
+  <si>
+    <t>100-008-960-0</t>
+  </si>
+  <si>
+    <t>MCGEE LEROY SR &amp; LORETTA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 377  SD 8</t>
+  </si>
+  <si>
+    <t>100-008-970-0</t>
+  </si>
+  <si>
+    <t>8170 S R 377</t>
+  </si>
+  <si>
+    <t>10000900</t>
+  </si>
+  <si>
+    <t>NORRIS BRENDA</t>
+  </si>
+  <si>
+    <t>100-009-080-0</t>
+  </si>
+  <si>
+    <t>THOMAS JAMES A</t>
+  </si>
+  <si>
+    <t>VAN FOSSEN LN</t>
+  </si>
+  <si>
+    <t>10000970</t>
+  </si>
+  <si>
+    <t>PARSONS ROBERT D</t>
+  </si>
+  <si>
+    <t>100-009-700-0</t>
+  </si>
+  <si>
+    <t>WOGAN JOHN &amp; ALBERTA WARREN ETAL</t>
+  </si>
+  <si>
+    <t>100-010-080-0</t>
+  </si>
+  <si>
+    <t>HART CHARLES &amp; ELIZABETH A SPAULDING ETAL</t>
+  </si>
+  <si>
+    <t>GOSHEN RUN RD</t>
+  </si>
+  <si>
+    <t>100-010-110-0</t>
+  </si>
+  <si>
+    <t>CALENDINE MARGARET I ET AL</t>
+  </si>
+  <si>
+    <t>100-010-320-0</t>
+  </si>
+  <si>
+    <t>100-010-330-0</t>
+  </si>
+  <si>
+    <t>100-010-340-0</t>
+  </si>
+  <si>
+    <t>100-010-350-0</t>
+  </si>
+  <si>
+    <t>100-010-360-0</t>
+  </si>
+  <si>
+    <t>100-010-370-0</t>
+  </si>
+  <si>
+    <t>100-010-380-0</t>
+  </si>
+  <si>
+    <t>100-010-390-0</t>
+  </si>
+  <si>
+    <t>10001040</t>
+  </si>
+  <si>
+    <t>MAYLE ROGER L &amp; OPAL R</t>
+  </si>
+  <si>
+    <t>100-010-400-0</t>
+  </si>
+  <si>
+    <t>100-010-520-0</t>
+  </si>
+  <si>
+    <t>100-010-530-0</t>
+  </si>
+  <si>
+    <t>100-010-550-0</t>
+  </si>
+  <si>
+    <t>10001080</t>
+  </si>
+  <si>
+    <t>ABRAMS RONALD L &amp; GLADYS M</t>
+  </si>
+  <si>
+    <t>10001110</t>
+  </si>
+  <si>
+    <t>PLOTTER DAVID</t>
+  </si>
+  <si>
+    <t>10001270</t>
+  </si>
+  <si>
+    <t>STEELE ROSCOE C/O DOLLY STEELE</t>
+  </si>
+  <si>
+    <t>100-012-840-0</t>
+  </si>
+  <si>
+    <t>100-012-850-0</t>
+  </si>
+  <si>
+    <t>100-012-860-0</t>
+  </si>
+  <si>
+    <t>10001390</t>
+  </si>
+  <si>
+    <t>VANCE LOIS</t>
+  </si>
+  <si>
+    <t>10001500</t>
+  </si>
+  <si>
+    <t>MAYLE ROSCOE DALE</t>
+  </si>
+  <si>
+    <t>8795 BOXER MAYLE</t>
+  </si>
+  <si>
+    <t>10001810</t>
+  </si>
+  <si>
+    <t>HILL RICHARD &amp; MARY</t>
+  </si>
+  <si>
+    <t>10001840</t>
+  </si>
+  <si>
+    <t>MAYLE STANLEY</t>
+  </si>
+  <si>
+    <t>10001920</t>
+  </si>
+  <si>
+    <t>THOMPSON RENA</t>
+  </si>
+  <si>
+    <t>10001930</t>
+  </si>
+  <si>
+    <t>HILL JERRY L &amp;</t>
+  </si>
+  <si>
+    <t>10001940</t>
+  </si>
+  <si>
+    <t>MAYLE ANNETTE C</t>
+  </si>
+  <si>
+    <t>10002080</t>
+  </si>
+  <si>
+    <t>10002110</t>
+  </si>
+  <si>
+    <t>NICE MARLA &amp; MAYLE WM D JR</t>
+  </si>
+  <si>
+    <t>10002130</t>
+  </si>
+  <si>
+    <t>MAYFIELD NATHANIEL E &amp; SUS</t>
+  </si>
+  <si>
+    <t>10002290</t>
+  </si>
+  <si>
+    <t>TABLER SCOTT A</t>
+  </si>
+  <si>
+    <t>10002300</t>
+  </si>
+  <si>
+    <t>TABLER REX O JR</t>
+  </si>
+  <si>
+    <t>10002340</t>
+  </si>
+  <si>
+    <t>HILL LEROY</t>
+  </si>
+  <si>
+    <t>10002360</t>
+  </si>
+  <si>
+    <t>MAYLE SUSAN &amp; RUSH ROBERT</t>
+  </si>
+  <si>
+    <t>10002490</t>
+  </si>
+  <si>
+    <t>TABLER RICHARD L &amp; MELISSIA L WROS</t>
+  </si>
+  <si>
+    <t>8895 BOXER MAYLE LN</t>
+  </si>
+  <si>
+    <t>10010070</t>
+  </si>
+  <si>
+    <t>8905 CREWS</t>
+  </si>
+  <si>
+    <t>10010090</t>
+  </si>
+  <si>
+    <t>DRUMMOND SUE ROY</t>
+  </si>
+  <si>
+    <t>8909 CREWS LANE</t>
+  </si>
+  <si>
+    <t>10010100</t>
+  </si>
+  <si>
+    <t>NORRIS HILDA E</t>
+  </si>
+  <si>
+    <t>2315 S R 555</t>
+  </si>
+  <si>
+    <t>10010130</t>
+  </si>
+  <si>
+    <t>ZEALER TINA</t>
+  </si>
+  <si>
+    <t>5240 GOSHEN RD</t>
+  </si>
+  <si>
+    <t>10010190</t>
+  </si>
+  <si>
+    <t>PRITT JOYCE</t>
+  </si>
+  <si>
+    <t>1937 PLANTSVILLE RD</t>
+  </si>
+  <si>
+    <t>10010250</t>
+  </si>
+  <si>
+    <t>WALKER TRENT EDWARD</t>
+  </si>
+  <si>
+    <t>8375 FRANK MAYLE</t>
+  </si>
+  <si>
+    <t>10010430</t>
+  </si>
+  <si>
+    <t>MAYLE RICHARD LEE &amp; JUDITH ANN FAMILY TR</t>
+  </si>
+  <si>
+    <t>BUCKEYE RIDGE RD</t>
+  </si>
+  <si>
+    <t>10010450</t>
+  </si>
+  <si>
+    <t>HILL HEATHER</t>
+  </si>
+  <si>
+    <t>9545 CREWS LANE</t>
+  </si>
+  <si>
+    <t>10010540</t>
+  </si>
+  <si>
+    <t>CAIN JASON</t>
+  </si>
+  <si>
+    <t>4655 COULSON RD</t>
+  </si>
+  <si>
+    <t>10010580</t>
+  </si>
+  <si>
+    <t>TABLER SCOTT</t>
+  </si>
+  <si>
+    <t>720 PLANTSVILLE RD</t>
+  </si>
+  <si>
+    <t>10010590</t>
+  </si>
+  <si>
+    <t>PROPST BRENDA L</t>
+  </si>
+  <si>
+    <t>10010600</t>
+  </si>
+  <si>
+    <t>KILGORE RICHARD E</t>
+  </si>
+  <si>
+    <t>4717 WESTLAND RD</t>
+  </si>
+  <si>
+    <t>10010790</t>
+  </si>
+  <si>
+    <t>HILL WILBERT</t>
+  </si>
+  <si>
+    <t>10010810</t>
+  </si>
+  <si>
+    <t>MAYLE CHRISTA &amp; PAUL WROS</t>
+  </si>
+  <si>
+    <t>1935 SWEAT RD</t>
+  </si>
+  <si>
+    <t>10010940</t>
+  </si>
+  <si>
+    <t>CARSON TIMKI</t>
+  </si>
+  <si>
+    <t>1001 PLANTSVILLE RD</t>
+  </si>
+  <si>
+    <t>10011080</t>
+  </si>
+  <si>
+    <t>GOINS DIANA S</t>
+  </si>
+  <si>
+    <t>1965 SWEAT RD</t>
+  </si>
+  <si>
+    <t>10011130</t>
+  </si>
+  <si>
+    <t>FIRTH LASHAYLA</t>
+  </si>
+  <si>
+    <t>10011190</t>
+  </si>
+  <si>
+    <t>WILLIAMS ROGER C &amp; OKEYMA E. MAYLE</t>
+  </si>
+  <si>
+    <t>10011220</t>
+  </si>
+  <si>
+    <t>PAGE THOMAS L &amp; MIRANDA N MAYLE WROS</t>
+  </si>
+  <si>
+    <t>4364 POSSOM HOLLOW RD</t>
+  </si>
+  <si>
+    <t>10011250</t>
+  </si>
+  <si>
+    <t>WOGAN CINDY L</t>
+  </si>
+  <si>
+    <t>5415 WOGAN RD</t>
+  </si>
+  <si>
+    <t>10011280</t>
+  </si>
+  <si>
+    <t>WOGAN ALLEN L II</t>
+  </si>
+  <si>
+    <t>10011320</t>
+  </si>
+  <si>
+    <t>PIRES PATRICK</t>
+  </si>
+  <si>
+    <t>280 BUCKEYE RIDGE RD</t>
+  </si>
+  <si>
+    <t>10011410</t>
+  </si>
+  <si>
+    <t>WILLIAMS ROGER C</t>
+  </si>
+  <si>
+    <t>8055 CREWS LANE</t>
+  </si>
+  <si>
+    <t>10011450</t>
+  </si>
+  <si>
+    <t>WOGAN ALLEN K</t>
+  </si>
+  <si>
+    <t>5480 WOGAN</t>
+  </si>
+  <si>
+    <t>110-000-010-0</t>
+  </si>
+  <si>
+    <t>MAYLE MAKISHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1703 MILL ST  SD 106</t>
+  </si>
+  <si>
+    <t>110-000-120-0</t>
+  </si>
+  <si>
+    <t>MAYLE MARSHA &amp; KALTENBACH DOUGLAS</t>
+  </si>
+  <si>
+    <t>7025 MARION ST</t>
+  </si>
+  <si>
+    <t>110-000-200-0</t>
+  </si>
+  <si>
+    <t>CROSTON GAIL EUGENE</t>
+  </si>
+  <si>
+    <t>1730 MARION ST</t>
+  </si>
+  <si>
+    <t>110-000-500-0</t>
+  </si>
+  <si>
+    <t>TRIPLET GEORGEANN S</t>
+  </si>
+  <si>
+    <t>1657 MILL ST</t>
+  </si>
+  <si>
+    <t>110-001-050-0</t>
+  </si>
+  <si>
+    <t>TABLER GLEN &amp; TONYA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7035 MARION ST  SD 101</t>
+  </si>
+  <si>
+    <t>110-001-060-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARION ST  SD 102</t>
+  </si>
+  <si>
+    <t>110-001-080-0</t>
+  </si>
+  <si>
+    <t>SNYDER CORY J &amp; ELIZABETH A SHUSTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7171 MARION ST  SD 65 SURVIVO</t>
+  </si>
+  <si>
+    <t>110-001-090-0</t>
+  </si>
+  <si>
+    <t>MAYLE MARTHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARION ST  SD 93</t>
+  </si>
+  <si>
+    <t>110-001-410-0</t>
+  </si>
+  <si>
+    <t>GREEN KARLA &amp; ROGER</t>
+  </si>
+  <si>
+    <t>1719 MILL ST</t>
+  </si>
+  <si>
+    <t>110-001-420-0</t>
+  </si>
+  <si>
+    <t>MILL ST</t>
+  </si>
+  <si>
+    <t>110-001-440-1</t>
+  </si>
+  <si>
+    <t>MILL ST SD 155</t>
+  </si>
+  <si>
+    <t>110-001-490-0</t>
+  </si>
+  <si>
+    <t>JENKINS TIMOTHY</t>
+  </si>
+  <si>
+    <t>7535 MARION ST</t>
+  </si>
+  <si>
+    <t>110-001-720-0</t>
+  </si>
+  <si>
+    <t>BOLE GARY F</t>
+  </si>
+  <si>
+    <t>MARIETTA ST</t>
+  </si>
+  <si>
+    <t>110-001-870-0</t>
+  </si>
+  <si>
+    <t>DENNIS ALAN LLOYD &amp; KIMBERLY DAWN</t>
+  </si>
+  <si>
+    <t>MARION ST</t>
+  </si>
+  <si>
+    <t>110-001-880-0</t>
+  </si>
+  <si>
+    <t>110-001-890-0</t>
+  </si>
+  <si>
+    <t>110-002-270-0</t>
+  </si>
+  <si>
+    <t>110-002-630-0</t>
+  </si>
+  <si>
+    <t>1550 E MILL ST</t>
+  </si>
+  <si>
+    <t>110-002-670-0</t>
+  </si>
+  <si>
+    <t>TUCKER ROBERT</t>
+  </si>
+  <si>
+    <t>15150 MILL ST</t>
+  </si>
+  <si>
+    <t>110-002-820-0</t>
+  </si>
+  <si>
+    <t>PICKERING JOHN J &amp; MARY</t>
+  </si>
+  <si>
+    <t>110-002-830-0</t>
+  </si>
+  <si>
+    <t>1575 MARIETTA ST</t>
+  </si>
+  <si>
+    <t>110-002-900-0</t>
+  </si>
+  <si>
+    <t>VOSBURG ANN &amp; TOD KATHRYN L NOLAN</t>
+  </si>
+  <si>
+    <t>7640 MARION ST</t>
+  </si>
+  <si>
+    <t>110-002-950-0</t>
+  </si>
+  <si>
+    <t>GOINS DONALD L</t>
+  </si>
+  <si>
+    <t>110-003-040-0</t>
+  </si>
+  <si>
+    <t>110-003-430-0</t>
+  </si>
+  <si>
+    <t>WILLIAMS GARY K</t>
+  </si>
+  <si>
+    <t>1685 COAL ST</t>
+  </si>
+  <si>
+    <t>110-003-440-0</t>
+  </si>
+  <si>
+    <t>COAL ST</t>
+  </si>
+  <si>
+    <t>11010010</t>
+  </si>
+  <si>
+    <t>NICHOLS PHYLLIS</t>
+  </si>
+  <si>
+    <t>7225 MARION ST</t>
+  </si>
+  <si>
+    <t>120-000-420-1</t>
+  </si>
+  <si>
+    <t>MORGAN COUNTY REGIONAL AIRPORT AUTHORITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 60  SD 63</t>
+  </si>
+  <si>
+    <t>120-000-660-0</t>
+  </si>
+  <si>
+    <t>DMITRENAK GEORGE</t>
+  </si>
+  <si>
+    <t>120-000-690-0</t>
+  </si>
+  <si>
+    <t>PLANTZ JAMES &amp; DEBORAH</t>
+  </si>
+  <si>
+    <t>911 S R 60</t>
+  </si>
+  <si>
+    <t>120-002-290-0</t>
+  </si>
+  <si>
+    <t>FISHER CHRISTINA L &amp; CARL L WELLING</t>
+  </si>
+  <si>
+    <t>2190 NEELYSVILLE RD</t>
+  </si>
+  <si>
+    <t>120-002-610-0</t>
+  </si>
+  <si>
+    <t>TUCKER KIMBERLY A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">960 S R 60  SD 12</t>
+  </si>
+  <si>
+    <t>120-002-620-0</t>
+  </si>
+  <si>
+    <t>960 S R 60</t>
+  </si>
+  <si>
+    <t>120-002-800-1</t>
+  </si>
+  <si>
+    <t>ELLIOTT SAMUEL K &amp; BARBARA L</t>
+  </si>
+  <si>
+    <t>120-002-900-0</t>
+  </si>
+  <si>
+    <t>FERGUSON KAREN L</t>
+  </si>
+  <si>
+    <t>GERLACH RD</t>
+  </si>
+  <si>
+    <t>120-003-380-0</t>
+  </si>
+  <si>
+    <t>SARVER THOMAS R &amp; JOANIE K</t>
+  </si>
+  <si>
+    <t>425 UNIONVILLE RD</t>
+  </si>
+  <si>
+    <t>120-003-390-0</t>
+  </si>
+  <si>
+    <t>GRANGE TRUSTEES NEELYVILLE</t>
+  </si>
+  <si>
+    <t>HOOPPOLE RIDGE RD</t>
+  </si>
+  <si>
+    <t>120-003-400-0</t>
+  </si>
+  <si>
+    <t>WILCOXEN SAM G</t>
+  </si>
+  <si>
+    <t>120-003-550-0</t>
+  </si>
+  <si>
+    <t>BURKHART JEREMY &amp; ANGELA</t>
+  </si>
+  <si>
+    <t>2020 HALL LN</t>
+  </si>
+  <si>
+    <t>120-004-880-0</t>
+  </si>
+  <si>
+    <t>FISHER DERICK &amp; SHALIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2750 AIRPORT RD  SD 35</t>
+  </si>
+  <si>
+    <t>120-005-180-4</t>
+  </si>
+  <si>
+    <t>SHAWCROFT TRAVIS G &amp; MARISSA G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAWTHORN DRIVE  LOT 4</t>
+  </si>
+  <si>
+    <t>120-005-460-0</t>
+  </si>
+  <si>
+    <t>MONEY CHRISTIAN &amp; MARISSA WEST</t>
+  </si>
+  <si>
+    <t>S R 60</t>
+  </si>
+  <si>
+    <t>120-005-600-0</t>
+  </si>
+  <si>
+    <t>MCFERREN LINDA &amp; JERRI LYNNE OLIVER &amp; MARY KIDD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 60  SD 35</t>
+  </si>
+  <si>
+    <t>120-006-110-1</t>
+  </si>
+  <si>
+    <t>WEST GARY D</t>
+  </si>
+  <si>
+    <t>MC KENDREE RD</t>
+  </si>
+  <si>
+    <t>120-007-510-0</t>
+  </si>
+  <si>
+    <t>SAMSON BENJAMIN FRANKLIN ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEELYSVILLE RD  SD 1</t>
+  </si>
+  <si>
+    <t>120-007-600-0</t>
+  </si>
+  <si>
+    <t>HAMRIC DANIEL W REVOCABLE TRUST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 60  SD 5</t>
+  </si>
+  <si>
+    <t>120-007-610-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 60  SD 1</t>
+  </si>
+  <si>
+    <t>120-007-630-0</t>
+  </si>
+  <si>
+    <t>1205 E ST RT 60</t>
+  </si>
+  <si>
+    <t>12000810</t>
+  </si>
+  <si>
+    <t>FISHER DERICK &amp; SHALIA M</t>
+  </si>
+  <si>
+    <t>120-008-220-0</t>
+  </si>
+  <si>
+    <t>BARTRUG SAMUEL L &amp; MARTHA J</t>
+  </si>
+  <si>
+    <t>3787 HOOPPOLE RIDGE RD</t>
+  </si>
+  <si>
+    <t>120-008-351-0</t>
+  </si>
+  <si>
+    <t>ROBERTS JOSEF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENNENT RD  SD 58</t>
+  </si>
+  <si>
+    <t>120-008-990-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 60  SD 91</t>
+  </si>
+  <si>
+    <t>120-009-240-0</t>
+  </si>
+  <si>
+    <t>WILKINS EXCAVATING, LLC &amp; SMEDLEY 4816, LLC</t>
+  </si>
+  <si>
+    <t>UNIONVILLE</t>
+  </si>
+  <si>
+    <t>120-009-250-0</t>
+  </si>
+  <si>
+    <t>2401 UNIONVILLE RD</t>
+  </si>
+  <si>
+    <t>120-009-860-1</t>
+  </si>
+  <si>
+    <t>B &amp; B OIL-N-GAS LLC</t>
+  </si>
+  <si>
+    <t>120-012-050-0</t>
+  </si>
+  <si>
+    <t>120-012-330-3</t>
+  </si>
+  <si>
+    <t>DAVIS DONNA L</t>
+  </si>
+  <si>
+    <t>120-012-370-5</t>
+  </si>
+  <si>
+    <t>120-012-750-2</t>
+  </si>
+  <si>
+    <t>LOWE MATT</t>
+  </si>
+  <si>
+    <t>12010070</t>
+  </si>
+  <si>
+    <t>12010230</t>
+  </si>
+  <si>
+    <t>KOVAL AUGUSTA R &amp; JOSHUA BOYER</t>
+  </si>
+  <si>
+    <t>911 S R 60 S</t>
+  </si>
+  <si>
+    <t>12010430</t>
+  </si>
+  <si>
+    <t>CLAYTOR WILLIAM J</t>
+  </si>
+  <si>
+    <t>3440 DOC TAYLOR RD</t>
+  </si>
+  <si>
+    <t>12010640</t>
+  </si>
+  <si>
+    <t>SMITH RITA J TOD: DONALD J SMITH</t>
+  </si>
+  <si>
+    <t>UNIONVILLE RD</t>
+  </si>
+  <si>
+    <t>120-600-130-0</t>
+  </si>
+  <si>
+    <t>CHURCH &amp; CEMETERY UNIONVILLE M E</t>
+  </si>
+  <si>
+    <t>120-600-140-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIRPORT RD  LOT 22</t>
+  </si>
+  <si>
+    <t>120-600-150-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">975 AIRPORT RD  LOT</t>
+  </si>
+  <si>
+    <t>120-600-160-0</t>
+  </si>
+  <si>
+    <t>120-600-170-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIRPORT RD  LOT 21</t>
+  </si>
+  <si>
+    <t>130-000-180-0</t>
+  </si>
+  <si>
+    <t>BENN SCHIL INVESTMENTS, LTD</t>
+  </si>
+  <si>
+    <t>4120 N ST RT 60</t>
+  </si>
+  <si>
+    <t>130-000-650-0</t>
+  </si>
+  <si>
+    <t>SCHILLING CHARLES L II LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 12</t>
+  </si>
+  <si>
+    <t>130-000-650-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 122</t>
+  </si>
+  <si>
+    <t>130-000-650-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 138</t>
+  </si>
+  <si>
+    <t>130-000-660-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 14</t>
+  </si>
+  <si>
+    <t>130-000-660-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 116</t>
+  </si>
+  <si>
+    <t>130-000-870-0</t>
+  </si>
+  <si>
+    <t>ANDERSON CAROLYN S</t>
+  </si>
+  <si>
+    <t>4246 DUGAN RD</t>
+  </si>
+  <si>
+    <t>130-001-300-0</t>
+  </si>
+  <si>
+    <t>GRAHAM CONNIE</t>
+  </si>
+  <si>
+    <t>4817 GRAHAM LN</t>
+  </si>
+  <si>
+    <t>130-001-390-7</t>
+  </si>
+  <si>
+    <t>WOODWARD BRETT D &amp; ANITA K</t>
+  </si>
+  <si>
+    <t>WISE LN</t>
+  </si>
+  <si>
+    <t>130-001-391-1</t>
+  </si>
+  <si>
+    <t>SPENCER KAREN SUE SPENCER MITCHELL J &amp; JESSICA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3500 WISE LANE  INLOT 8</t>
+  </si>
+  <si>
+    <t>130-001-780-0</t>
+  </si>
+  <si>
+    <t>CAIN RENEE E</t>
+  </si>
+  <si>
+    <t>4615 N ST RT 60</t>
+  </si>
+  <si>
+    <t>130-001-961-1</t>
+  </si>
+  <si>
+    <t>MARTIE DENNIS LEE</t>
+  </si>
+  <si>
+    <t>4343 TAYLOR DR SD 107</t>
+  </si>
+  <si>
+    <t>13000240</t>
+  </si>
+  <si>
+    <t>HARLOW MAXINE L</t>
+  </si>
+  <si>
+    <t>130-002-440-0</t>
+  </si>
+  <si>
+    <t>HANSON JAMES RODNEY &amp; BOBBI S</t>
+  </si>
+  <si>
+    <t>814 E MARIETTA RD</t>
+  </si>
+  <si>
+    <t>130-002-620-0</t>
+  </si>
+  <si>
+    <t>OSBORN GEORGE BRANDON &amp; MARY RUSSELL</t>
+  </si>
+  <si>
+    <t>4170 S R 60</t>
+  </si>
+  <si>
+    <t>13000310</t>
+  </si>
+  <si>
+    <t>LOVE ORVILLE</t>
+  </si>
+  <si>
+    <t>13000380</t>
+  </si>
+  <si>
+    <t>OSBOURNE BRANDON</t>
+  </si>
+  <si>
+    <t>130-003-830-0</t>
+  </si>
+  <si>
+    <t>SCHILLING II LLC CHARLES L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5501 N S R 60  SD 18</t>
+  </si>
+  <si>
+    <t>130-003-910-1</t>
+  </si>
+  <si>
+    <t>WOODS KEVIN SCOTT</t>
+  </si>
+  <si>
+    <t>4580 S R 376</t>
+  </si>
+  <si>
+    <t>130-003-940-0</t>
+  </si>
+  <si>
+    <t>130-004-210-0</t>
+  </si>
+  <si>
+    <t>MURPHEY RICHARD BRIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5891 BUTTERMILK HILL RD  SD 31</t>
+  </si>
+  <si>
+    <t>130-004-620-0</t>
+  </si>
+  <si>
+    <t>TRIDENT TRAILERS, LLC</t>
+  </si>
+  <si>
+    <t>5980 S R 60</t>
+  </si>
+  <si>
+    <t>13000470</t>
+  </si>
+  <si>
+    <t>TOLBERT RUTH ANN</t>
+  </si>
+  <si>
+    <t>130-005-090-0</t>
+  </si>
+  <si>
+    <t>VANOSTER JOHN G &amp; EMILY R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  INLOT 6</t>
+  </si>
+  <si>
+    <t>130-005-100-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2014 S R 376  INLOT 5</t>
+  </si>
+  <si>
+    <t>130-005-490-0</t>
+  </si>
+  <si>
+    <t>MAYNARD DONALD G &amp; ELSIE L</t>
+  </si>
+  <si>
+    <t>1752 RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>130-005-580-0</t>
+  </si>
+  <si>
+    <t>MAYNARD DONALD G SR &amp; ELSIE L</t>
+  </si>
+  <si>
+    <t>1778 RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>130-005-590-0</t>
+  </si>
+  <si>
+    <t>RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>130-005-730-0</t>
+  </si>
+  <si>
+    <t>ERICKSON BRADLY D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3668 WISE LN  INLOT 1 EX OIL G</t>
+  </si>
+  <si>
+    <t>130-006-740-8</t>
+  </si>
+  <si>
+    <t>130-007-260-0</t>
+  </si>
+  <si>
+    <t>13001040</t>
+  </si>
+  <si>
+    <t>MASON RICHARD</t>
+  </si>
+  <si>
+    <t>130-011-950-0</t>
+  </si>
+  <si>
+    <t>APPERSON ANDY D ESTATE C/O MAYER MORTGAGE</t>
+  </si>
+  <si>
+    <t>13001240</t>
+  </si>
+  <si>
+    <t>OLIVER SHEILA</t>
+  </si>
+  <si>
+    <t>130-013-840-0</t>
+  </si>
+  <si>
+    <t>CIRCLEVILLE GAS CO</t>
+  </si>
+  <si>
+    <t>130-013-850-0</t>
+  </si>
+  <si>
+    <t>COLUMBUS OILFIELD EXPL. CO.</t>
+  </si>
+  <si>
+    <t>130-013-980-0</t>
+  </si>
+  <si>
+    <t>NATURAL RESOURCES GROUP</t>
+  </si>
+  <si>
+    <t>130-013-990-0</t>
+  </si>
+  <si>
+    <t>130-014-000-0</t>
+  </si>
+  <si>
+    <t>130-014-010-0</t>
+  </si>
+  <si>
+    <t>13001730</t>
+  </si>
+  <si>
+    <t>APPERSON JERRY L</t>
+  </si>
+  <si>
+    <t>13010020</t>
+  </si>
+  <si>
+    <t>5501 S R 60 LOT # 9</t>
+  </si>
+  <si>
+    <t>13010280</t>
+  </si>
+  <si>
+    <t>SMITH STEVEN D C/O SUSAN WAGNER</t>
+  </si>
+  <si>
+    <t>5501 N S R 60 NW LOT 5</t>
+  </si>
+  <si>
+    <t>13010310</t>
+  </si>
+  <si>
+    <t>5501 S S R 60 NW LOT # 12</t>
+  </si>
+  <si>
+    <t>13010340</t>
+  </si>
+  <si>
+    <t>BARRETT BETTY J</t>
+  </si>
+  <si>
+    <t>4725 S R 60 NORTH</t>
+  </si>
+  <si>
+    <t>13010350</t>
+  </si>
+  <si>
+    <t>JUSTICE BURNICE</t>
+  </si>
+  <si>
+    <t>4725 S R 60 N</t>
+  </si>
+  <si>
+    <t>13010360</t>
+  </si>
+  <si>
+    <t>LOVE EDNA D</t>
+  </si>
+  <si>
+    <t>700 S R 376</t>
+  </si>
+  <si>
+    <t>13010370</t>
+  </si>
+  <si>
+    <t>13010380</t>
+  </si>
+  <si>
+    <t>CUNNINGHAM MEGAN M</t>
+  </si>
+  <si>
+    <t>5501 S R 60 NW LOT 11</t>
+  </si>
+  <si>
+    <t>13010800</t>
+  </si>
+  <si>
+    <t>ROBINSON SANDRA LEE</t>
+  </si>
+  <si>
+    <t>5501 S R 60 LOT 14</t>
+  </si>
+  <si>
+    <t>13011900</t>
+  </si>
+  <si>
+    <t>GRIFFIN MARK</t>
+  </si>
+  <si>
+    <t>4725 ST RT 60 LOT 1</t>
+  </si>
+  <si>
+    <t>13012100</t>
+  </si>
+  <si>
+    <t>WENTWORTH MICHAEL P</t>
+  </si>
+  <si>
+    <t>4725 S R 60 LOT 6</t>
+  </si>
+  <si>
+    <t>13012200</t>
+  </si>
+  <si>
+    <t>CHARLES LORI</t>
+  </si>
+  <si>
+    <t>5980 S R 60 LOT D</t>
+  </si>
+  <si>
+    <t>140-000-120-0</t>
+  </si>
+  <si>
+    <t>HOCKMAN CHARLES T &amp; LORI A</t>
+  </si>
+  <si>
+    <t>N 7TH ST</t>
+  </si>
+  <si>
+    <t>140-000-590-0</t>
+  </si>
+  <si>
+    <t>MYERS RODNEY LEE &amp; JANICE CAROL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">938 N KENNEBEC AVE  SD 89</t>
+  </si>
+  <si>
+    <t>140-001-310-0</t>
+  </si>
+  <si>
+    <t>SHRIVERS BETH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROOKSIDE DR  SD 23</t>
+  </si>
+  <si>
+    <t>140-001-710-0</t>
+  </si>
+  <si>
+    <t>WHITE AMY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E SCHOOL ST  SD 269 (VACAT</t>
+  </si>
+  <si>
+    <t>140-001-961-2</t>
+  </si>
+  <si>
+    <t>4255 S R 376</t>
+  </si>
+  <si>
+    <t>140-002-150-0</t>
+  </si>
+  <si>
+    <t>NOLAN ANGELA C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">256 DALE ST  INLOT 23</t>
+  </si>
+  <si>
+    <t>14000240</t>
+  </si>
+  <si>
+    <t>LOAR BETTY L</t>
+  </si>
+  <si>
+    <t>140-004-040-0</t>
+  </si>
+  <si>
+    <t>CORDRAY JAMES K</t>
+  </si>
+  <si>
+    <t>14TH ST</t>
+  </si>
+  <si>
+    <t>140-004-050-0</t>
+  </si>
+  <si>
+    <t>355 S 14TH ST</t>
+  </si>
+  <si>
+    <t>140-004-370-0</t>
+  </si>
+  <si>
+    <t>LOCK NO 4. COFFEE LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">282 W LIBERTY AVE  INLOT 31</t>
+  </si>
+  <si>
+    <t>140-004-550-0</t>
+  </si>
+  <si>
+    <t>JENNER MARY ELIZABETH</t>
+  </si>
+  <si>
+    <t>KENNEBEC AVE</t>
+  </si>
+  <si>
+    <t>140-004-560-0</t>
+  </si>
+  <si>
+    <t>140-004-570-0</t>
+  </si>
+  <si>
+    <t>447 KENNEBEC AVE</t>
+  </si>
+  <si>
+    <t>14000480</t>
+  </si>
+  <si>
+    <t>SMITH TIMOTHY &amp; ANN</t>
+  </si>
+  <si>
+    <t>140-005-140-0</t>
+  </si>
+  <si>
+    <t>SLOWTER STACY J</t>
+  </si>
+  <si>
+    <t>515 HALCYON AVE</t>
+  </si>
+  <si>
+    <t>140-005-200-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 W MAIN ST  INLOT 39</t>
+  </si>
+  <si>
+    <t>140-005-240-0</t>
+  </si>
+  <si>
+    <t>GRAHAM ARLENE K</t>
+  </si>
+  <si>
+    <t>FOREST AVE</t>
+  </si>
+  <si>
+    <t>140-005-250-0</t>
+  </si>
+  <si>
+    <t>794 FOREST AVE</t>
+  </si>
+  <si>
+    <t>140-005-810-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86 W MAIN ST  INLOT 39 OLD PAR</t>
+  </si>
+  <si>
+    <t>140-005-820-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W MAIN ST  INLOT 40</t>
+  </si>
+  <si>
+    <t>140-005-830-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70 W MAIN ST  INLOT 40 OLD PAR</t>
+  </si>
+  <si>
+    <t>14000610</t>
+  </si>
+  <si>
+    <t>YOUNG TERRY &amp; AMY</t>
+  </si>
+  <si>
+    <t>140-006-320-0</t>
+  </si>
+  <si>
+    <t>CHARLES L SCHILLING II, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">131 W UNION AVE  INLOT 55</t>
+  </si>
+  <si>
+    <t>140-006-340-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5TH ST  INLOT 54</t>
+  </si>
+  <si>
+    <t>140-006-350-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94 S 5TH ST  INLOT 55</t>
+  </si>
+  <si>
+    <t>140-006-580-0</t>
+  </si>
+  <si>
+    <t>KIRKBRIDE DEBRA M</t>
+  </si>
+  <si>
+    <t>98 E MCCONNEL AVE</t>
+  </si>
+  <si>
+    <t>140-006-650-0</t>
+  </si>
+  <si>
+    <t>LUCAS JULIE ANN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">169 N 5TH ST  INLOT 97-98</t>
+  </si>
+  <si>
+    <t>140-006-950-0</t>
+  </si>
+  <si>
+    <t>STARKEY ANGELA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALCYON AVE  INLOT 27 THIRD A</t>
+  </si>
+  <si>
+    <t>140-007-130-0</t>
+  </si>
+  <si>
+    <t>MARTIN EDWARD EUGENE ET 4 AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354 S 14TH ST  INLOT 24</t>
+  </si>
+  <si>
+    <t>140-007-920-0</t>
+  </si>
+  <si>
+    <t>HELLE LOGAN &amp; ELIZABETH KIDD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">291 W LIBERTY AVE  INLOT 34</t>
+  </si>
+  <si>
+    <t>140-007-930-0</t>
+  </si>
+  <si>
+    <t>269 N 1ST ST</t>
+  </si>
+  <si>
+    <t>140-008-030-0</t>
+  </si>
+  <si>
+    <t>7TH ST</t>
+  </si>
+  <si>
+    <t>140-008-250-0</t>
+  </si>
+  <si>
+    <t>SINKOWSKI CHAD ERIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">132 S 9TH ST  INLOT 48</t>
+  </si>
+  <si>
+    <t>140-009-110-0</t>
+  </si>
+  <si>
+    <t>ALLISON WALTER</t>
+  </si>
+  <si>
+    <t>447 E RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>140-010-250-0</t>
+  </si>
+  <si>
+    <t>BRAGG JUDITH A TOD JILL L LOWTHER</t>
+  </si>
+  <si>
+    <t>701 E MCCONNEL AVE</t>
+  </si>
+  <si>
+    <t>140-010-360-0</t>
+  </si>
+  <si>
+    <t>ZUMBRO JASON &amp; CHEYENNE</t>
+  </si>
+  <si>
+    <t>60 E BELL AVE</t>
+  </si>
+  <si>
+    <t>140-010-500-0</t>
+  </si>
+  <si>
+    <t>VAN HORN RUTH M</t>
+  </si>
+  <si>
+    <t>182 E MC CONNEL AVE</t>
+  </si>
+  <si>
+    <t>140-010-520-0</t>
+  </si>
+  <si>
+    <t>WHITE JOANNE</t>
+  </si>
+  <si>
+    <t>376 S 11TH ST</t>
+  </si>
+  <si>
+    <t>140-010-550-2</t>
+  </si>
+  <si>
+    <t>PONCHAK LAUREN ELAINE</t>
+  </si>
+  <si>
+    <t>E BELL AVE</t>
+  </si>
+  <si>
+    <t>140-010-930-0</t>
+  </si>
+  <si>
+    <t>N 3RD ST</t>
+  </si>
+  <si>
+    <t>14001330</t>
+  </si>
+  <si>
+    <t>BYERS ROSEMARY</t>
+  </si>
+  <si>
+    <t>14001490</t>
+  </si>
+  <si>
+    <t>TRAINER LISA M</t>
+  </si>
+  <si>
+    <t>14001680</t>
+  </si>
+  <si>
+    <t>ALDERTON PHILIPPA</t>
+  </si>
+  <si>
+    <t>14010320</t>
+  </si>
+  <si>
+    <t>KLEINERT CHRISTOPHER</t>
+  </si>
+  <si>
+    <t>610 HALCYON AVE</t>
+  </si>
+  <si>
+    <t>140-600-050-0</t>
+  </si>
+  <si>
+    <t>CENTERPOINT CHURCH</t>
+  </si>
+  <si>
+    <t>73 S 9TH ST</t>
+  </si>
+  <si>
+    <t>150-001-000-2</t>
+  </si>
+  <si>
+    <t>GREER FRANK J</t>
+  </si>
+  <si>
+    <t>3360 COULSON RD</t>
+  </si>
+  <si>
+    <t>15000110</t>
+  </si>
+  <si>
+    <t>STANLEY JEANNETTE</t>
+  </si>
+  <si>
+    <t>150-003-630-0</t>
+  </si>
+  <si>
+    <t>PAGE TERRY S &amp; HEATHER D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1074 S S R 377  SD 99</t>
+  </si>
+  <si>
+    <t>150-003-690-0</t>
+  </si>
+  <si>
+    <t>KENNEDY DEAN A &amp; MAYLE TRINA R</t>
+  </si>
+  <si>
+    <t>3133 S WESTLAND RD</t>
+  </si>
+  <si>
+    <t>15000440</t>
+  </si>
+  <si>
+    <t>CLIFTON BARBARA</t>
+  </si>
+  <si>
+    <t>150-004-470-0</t>
+  </si>
+  <si>
+    <t>WALK ILAH L &amp; JEFFREY G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1786 S R 377  SD 80</t>
+  </si>
+  <si>
+    <t>150-005-280-1</t>
+  </si>
+  <si>
+    <t>CONNER KATHY SCOTT</t>
+  </si>
+  <si>
+    <t>2881 S WESTLAND RD</t>
+  </si>
+  <si>
+    <t>150-005-400-0</t>
+  </si>
+  <si>
+    <t>KARN SHERRY &amp; GORDON STANLEY JR &amp; MATTHEW STANLEY C/O GORDON STANLEY JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">818 S R 377  SD 5</t>
+  </si>
+  <si>
+    <t>150-005-400-1</t>
+  </si>
+  <si>
+    <t>STANLEY GORDON &amp; SHANE &amp; SHERRY KARNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">818 S R 377  SD 42</t>
+  </si>
+  <si>
+    <t>150-006-440-0</t>
+  </si>
+  <si>
+    <t>SMITH ANDREW P</t>
+  </si>
+  <si>
+    <t>TIGNER RD</t>
+  </si>
+  <si>
+    <t>150-006-450-0</t>
+  </si>
+  <si>
+    <t>150-007-030-1</t>
+  </si>
+  <si>
+    <t>DILLE VERN ALLEN JR &amp; BETH ANN</t>
+  </si>
+  <si>
+    <t>S R 377</t>
+  </si>
+  <si>
+    <t>150-007-211-0</t>
+  </si>
+  <si>
+    <t>MAYLE DEBRA</t>
+  </si>
+  <si>
+    <t>150-007-490-0</t>
+  </si>
+  <si>
+    <t>HILL JACOB S</t>
+  </si>
+  <si>
+    <t>150-007-500-0</t>
+  </si>
+  <si>
+    <t>1365 S R 377</t>
+  </si>
+  <si>
+    <t>150-007-520-0</t>
+  </si>
+  <si>
+    <t>LYNN JOHN P &amp; MARY RHODENA</t>
+  </si>
+  <si>
+    <t>1340 COLUMBUS ST</t>
+  </si>
+  <si>
+    <t>15000800</t>
+  </si>
+  <si>
+    <t>MEADE PATSY</t>
+  </si>
+  <si>
+    <t>150-008-170-4</t>
+  </si>
+  <si>
+    <t>VALO JOHN</t>
+  </si>
+  <si>
+    <t>150-008-530-1</t>
+  </si>
+  <si>
+    <t>HARMON DAVID E</t>
+  </si>
+  <si>
+    <t>150-008-600-1</t>
+  </si>
+  <si>
+    <t>150-009-010-0</t>
+  </si>
+  <si>
+    <t>ULLMAN OPERATIONS INC</t>
+  </si>
+  <si>
+    <t>15000990</t>
+  </si>
+  <si>
+    <t>DAVIS MERLIN N &amp; PATTY L</t>
+  </si>
+  <si>
+    <t>15010200</t>
+  </si>
+  <si>
+    <t>GREER FRANK &amp; NICHOL WROS</t>
+  </si>
+  <si>
+    <t>15010680</t>
+  </si>
+  <si>
+    <t>PAGE TERRY S TOD: HEATHER D PAGE</t>
+  </si>
+  <si>
+    <t>1074 S R 377</t>
+  </si>
+  <si>
+    <t>15010730</t>
+  </si>
+  <si>
+    <t>MILLER MARY BETH</t>
+  </si>
+  <si>
+    <t>1775 S R 377</t>
+  </si>
+  <si>
+    <t>15010750</t>
+  </si>
+  <si>
+    <t>LEDFORD TROY A</t>
+  </si>
+  <si>
+    <t>1493 MCINTURF RD</t>
+  </si>
+  <si>
+    <t>15012000</t>
+  </si>
+  <si>
+    <t>HILL JACOB</t>
+  </si>
+  <si>
+    <t>1611 PENN ST</t>
+  </si>
+  <si>
+    <t>160-000-380-0</t>
+  </si>
+  <si>
+    <t>MARSCH JOSEPH PARKER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINCAID RD  SD 10</t>
+  </si>
+  <si>
+    <t>160-000-400-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VAN HORN UNION RD  SD 8</t>
+  </si>
+  <si>
+    <t>160-000-430-0</t>
+  </si>
+  <si>
+    <t>ALGUIRE TRACI A &amp; MATTHEW R</t>
+  </si>
+  <si>
+    <t>2576 E BRANCH RD</t>
+  </si>
+  <si>
+    <t>160-000-440-1</t>
+  </si>
+  <si>
+    <t>DINGEY CORY R &amp; DORIS L</t>
+  </si>
+  <si>
+    <t>160 PASCAL RD</t>
+  </si>
+  <si>
+    <t>160-000-500-1</t>
+  </si>
+  <si>
+    <t>PASCAL RD</t>
+  </si>
+  <si>
+    <t>16000060</t>
+  </si>
+  <si>
+    <t>BUNDY SAM F</t>
+  </si>
+  <si>
+    <t>160-000-680-2</t>
+  </si>
+  <si>
+    <t>NELSON LOGAN A</t>
+  </si>
+  <si>
+    <t>1131 N MORGANVILLE RD</t>
+  </si>
+  <si>
+    <t>160-000-720-0</t>
+  </si>
+  <si>
+    <t>WARD RONALD L &amp; HEATHER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1480 S R 555  SD 20</t>
+  </si>
+  <si>
+    <t>160-000-740-0</t>
+  </si>
+  <si>
+    <t>POLING JARROD B</t>
+  </si>
+  <si>
+    <t>F CAMPBELL RD</t>
+  </si>
+  <si>
+    <t>160-000-750-0</t>
+  </si>
+  <si>
+    <t>160-000-770-0</t>
+  </si>
+  <si>
+    <t>160-000-780-0</t>
+  </si>
+  <si>
+    <t>160-000-831-3</t>
+  </si>
+  <si>
+    <t>MARCUM DONALD J &amp; LUCY C</t>
+  </si>
+  <si>
+    <t>GLASS RD</t>
+  </si>
+  <si>
+    <t>160-000-840-0</t>
+  </si>
+  <si>
+    <t>CAPLINGER JAMES L &amp; JO ANNE NELSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DRAKE RD  SD 2</t>
+  </si>
+  <si>
+    <t>160-000-850-2</t>
+  </si>
+  <si>
+    <t>MASSIE RICHARD B &amp; MICHELLE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175 S R 78  SD 35</t>
+  </si>
+  <si>
+    <t>160-000-850-3</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  SD 36</t>
   </si>
   <si>
-    <t>070-006-190-1</t>
-[...3673 lines deleted...]
-  <si>
     <t>160-000-980-0</t>
   </si>
   <si>
     <t>SIMPKINS TWILA J &amp; CRYSTAL E MURNAHAN</t>
   </si>
   <si>
     <t xml:space="preserve">532 S S R 555  SD 11</t>
   </si>
   <si>
     <t>160-000-990-0</t>
   </si>
   <si>
     <t>540 S ST RT 555</t>
   </si>
   <si>
-    <t>160-001-290-0</t>
+    <t>16000130</t>
+  </si>
+  <si>
+    <t>NELSON AMY</t>
+  </si>
+  <si>
+    <t>1540 PLEASANT VALLEY ROAD</t>
+  </si>
+  <si>
+    <t>160-001-300-0</t>
   </si>
   <si>
     <t>SIX CARL</t>
   </si>
   <si>
-    <t xml:space="preserve">PLEASANT VALLEY RD  SD 2</t>
-[...13 lines deleted...]
-  <si>
     <t>4789 HARRIS UNION RD</t>
   </si>
   <si>
     <t>160-001-640-0</t>
   </si>
   <si>
     <t>WATT DOUGLAS LEE SR &amp; JONI M</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  SD 3</t>
   </si>
   <si>
     <t>160-001-670-0</t>
   </si>
   <si>
     <t>EBERLE MELDA</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  SD 44</t>
   </si>
   <si>
     <t>160-001-680-0</t>
   </si>
   <si>
     <t>HERN SAMMY L &amp; LORITA</t>
   </si>
   <si>
     <t>REED UNION LN</t>
   </si>
   <si>
-    <t>160-002-130-7</t>
-[...7 lines deleted...]
-  <si>
     <t>160-002-130-9</t>
   </si>
   <si>
     <t>SCHAEFFER SANDRA K</t>
   </si>
   <si>
     <t xml:space="preserve">EAST BRANCH RD  LOT 10</t>
   </si>
   <si>
     <t>160-002-400-1</t>
   </si>
   <si>
     <t>MILLER CLIFFORD &amp; SONDRA</t>
   </si>
   <si>
     <t>8275 MORGANVILLE RD</t>
   </si>
   <si>
     <t>160-002-400-2</t>
   </si>
   <si>
     <t>160-002-400-9</t>
   </si>
   <si>
     <t>SCHERER KEVIN TYRONE &amp; CHERI ANN</t>
@@ -6814,143 +5932,119 @@
   <si>
     <t>8230 MORGANVILLE RD LOT</t>
   </si>
   <si>
     <t>160-002-620-0</t>
   </si>
   <si>
     <t>HART WILLIAM BOYD &amp; MARY PHILLIS &amp; RICHARD LEE</t>
   </si>
   <si>
     <t>7340 MORGANVILLE RD</t>
   </si>
   <si>
     <t>160-002-630-0</t>
   </si>
   <si>
     <t>160-002-820-0</t>
   </si>
   <si>
     <t>STONEHILL SKINNERS, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">5050 DODY LN  SD 1</t>
   </si>
   <si>
-    <t>160-002-971-5</t>
-[...7 lines deleted...]
-  <si>
     <t>16000330</t>
   </si>
   <si>
     <t>KAMINSKI ANDREW (KENNETH)</t>
   </si>
   <si>
     <t>160-003-480-9</t>
   </si>
   <si>
     <t>BRAGG LOGAN C</t>
   </si>
   <si>
     <t>395 N ST RT 555</t>
   </si>
   <si>
     <t>160-003-481-0</t>
   </si>
   <si>
     <t>BRAGG WILLIAM CODY ALLEN &amp; COURTNEY N</t>
   </si>
   <si>
     <t>385 N ST RT 555</t>
   </si>
   <si>
     <t>160-003-640-0</t>
   </si>
   <si>
     <t>MALTA MFG CO</t>
   </si>
   <si>
     <t xml:space="preserve">ROSSEAU HILL LN  SD 25</t>
   </si>
   <si>
     <t>160-003-660-0</t>
   </si>
   <si>
     <t>SCOTT THEODORE</t>
   </si>
   <si>
     <t>WOODWARD RD</t>
   </si>
   <si>
-    <t>160-003-660-1</t>
-[...7 lines deleted...]
-  <si>
     <t>160-003-670-0</t>
   </si>
   <si>
     <t>160-003-680-0</t>
   </si>
   <si>
     <t xml:space="preserve">WOODWARD LN  SD 10</t>
   </si>
   <si>
     <t>160-003-690-0</t>
   </si>
   <si>
     <t xml:space="preserve">WOODWARD LN  SD 5</t>
   </si>
   <si>
     <t>160-003-700-0</t>
   </si>
   <si>
     <t>8470 DRAKE RD</t>
   </si>
   <si>
     <t>160-003-710-0</t>
   </si>
   <si>
     <t xml:space="preserve">MORGANVILLE RD  SD 6</t>
   </si>
   <si>
-    <t>16000390</t>
-[...4 lines deleted...]
-  <si>
     <t>160-003-950-0</t>
   </si>
   <si>
     <t>CAIN ANGELA MARIE</t>
   </si>
   <si>
     <t>990 BUTLER RD</t>
   </si>
   <si>
     <t>160-004-180-0</t>
   </si>
   <si>
     <t>REED ROBERT E</t>
   </si>
   <si>
     <t xml:space="preserve">2963 S R 78  SD 45</t>
   </si>
   <si>
     <t>160-004-770-0</t>
   </si>
   <si>
     <t>PARTON DAVID B &amp; MISTY D</t>
   </si>
   <si>
     <t>2996 EAST BRANCH RD</t>
@@ -7183,59 +6277,50 @@
   <si>
     <t>ROSSEAU HILL LN</t>
   </si>
   <si>
     <t>160-010-510-2</t>
   </si>
   <si>
     <t>PETTET KEVIN RYAN</t>
   </si>
   <si>
     <t xml:space="preserve">ROSSEAU  LOT</t>
   </si>
   <si>
     <t>160-010-530-0</t>
   </si>
   <si>
     <t>ROSSEAU RD</t>
   </si>
   <si>
     <t>160-010-540-0</t>
   </si>
   <si>
     <t>160-010-640-0</t>
   </si>
   <si>
-    <t>160-010-650-0</t>
-[...7 lines deleted...]
-  <si>
     <t>160-011-240-0</t>
   </si>
   <si>
     <t>SWEAT SCOTT D</t>
   </si>
   <si>
     <t>6680 BRANDEBERRY RD</t>
   </si>
   <si>
     <t>160-011-250-0</t>
   </si>
   <si>
     <t>BRANDEBERRY RD</t>
   </si>
   <si>
     <t>160-011-890-0</t>
   </si>
   <si>
     <t>VICKSVILLE LN</t>
   </si>
   <si>
     <t>160-011-900-0</t>
   </si>
   <si>
     <t>160-011-910-0</t>
@@ -7354,83 +6439,59 @@
   <si>
     <t>1510 S R 555 SW</t>
   </si>
   <si>
     <t>16010850</t>
   </si>
   <si>
     <t>16010950</t>
   </si>
   <si>
     <t>DRAKE MARY LEE C/O DARLENE VANDINE</t>
   </si>
   <si>
     <t>2088 S ROSSEAU RD</t>
   </si>
   <si>
     <t>16011050</t>
   </si>
   <si>
     <t>LINDSAY MICHAEL L</t>
   </si>
   <si>
     <t>3002 E BRANCH RD</t>
   </si>
   <si>
-    <t>170-000-020-0</t>
-[...13 lines deleted...]
-  <si>
     <t>170-000-190-0</t>
   </si>
   <si>
     <t>CRUM JASON</t>
   </si>
   <si>
     <t>2771 S RIVERVIEW RD</t>
   </si>
   <si>
-    <t>170-000-350-0</t>
-[...7 lines deleted...]
-  <si>
     <t>170-000-380-0</t>
   </si>
   <si>
     <t>BROOKS RICHARD D</t>
   </si>
   <si>
     <t>1210 S RIVERVIEW RD</t>
   </si>
   <si>
     <t>170-000-910-0</t>
   </si>
   <si>
     <t>ALLMAN JOHN D</t>
   </si>
   <si>
     <t>2255 SYCAMORE LN</t>
   </si>
   <si>
     <t>170-000-920-0</t>
   </si>
   <si>
     <t>170-001-100-0</t>
   </si>
   <si>
     <t>HART RICHARD L</t>
@@ -7471,98 +6532,83 @@
   <si>
     <t xml:space="preserve">S R 266  SD 9</t>
   </si>
   <si>
     <t>170-001-710-0</t>
   </si>
   <si>
     <t>KRAUSE EVERETT T &amp; SANDRA L</t>
   </si>
   <si>
     <t xml:space="preserve">2684 SYCAMORE LN  SD 16</t>
   </si>
   <si>
     <t>170-001-720-2</t>
   </si>
   <si>
     <t>2685 SYCAMORE LANE</t>
   </si>
   <si>
     <t>170-001-720-3</t>
   </si>
   <si>
     <t>SYCAMORE LN SD 25</t>
   </si>
   <si>
-    <t>170-001-760-0</t>
-[...4 lines deleted...]
-  <si>
     <t>170-001-830-0</t>
   </si>
   <si>
     <t>CAMPBELL JIMMY D &amp; PATRICIA J</t>
   </si>
   <si>
     <t>BAILEY RIDGE RD</t>
   </si>
   <si>
     <t>170-001-940-0</t>
   </si>
   <si>
     <t>STANLEY CHERYL</t>
   </si>
   <si>
     <t xml:space="preserve">SOUTH RIVER RD  SD 14</t>
   </si>
   <si>
     <t>170-002-810-2</t>
   </si>
   <si>
     <t>SCHWENDEMAN GLEN V &amp; DARLA A</t>
   </si>
   <si>
     <t xml:space="preserve">COOPER LANE  SD 15</t>
   </si>
   <si>
     <t>17000300</t>
   </si>
   <si>
     <t>COX JAMES</t>
   </si>
   <si>
-    <t>170-003-970-6</t>
-[...7 lines deleted...]
-  <si>
     <t>170-003-980-1</t>
   </si>
   <si>
     <t>MORRIS MARGARET F &amp; SANDRA GAIL KEATON</t>
   </si>
   <si>
     <t xml:space="preserve">S R 266  SD 48</t>
   </si>
   <si>
     <t>170-004-170-2</t>
   </si>
   <si>
     <t>PHILLIS-HART MARY I TRUSTEE OF TRUST</t>
   </si>
   <si>
     <t xml:space="preserve">ELLIS RD  LOT 8</t>
   </si>
   <si>
     <t>170-004-170-3</t>
   </si>
   <si>
     <t xml:space="preserve">ELLIS RD  LOT 9</t>
   </si>
   <si>
     <t>17000450</t>
@@ -7654,59 +6700,50 @@
   <si>
     <t xml:space="preserve">COLUMBUS ST  SD 35</t>
   </si>
   <si>
     <t>170-005-900-0</t>
   </si>
   <si>
     <t>HALEY JOSEPH</t>
   </si>
   <si>
     <t>COLUMBUS ST</t>
   </si>
   <si>
     <t>170-005-960-0</t>
   </si>
   <si>
     <t>HAMMOND HUBERT</t>
   </si>
   <si>
     <t>17000600</t>
   </si>
   <si>
     <t>GRIFFIN ROY E &amp; NANCY M</t>
   </si>
   <si>
-    <t>170-006-280-0</t>
-[...7 lines deleted...]
-  <si>
     <t>17000640</t>
   </si>
   <si>
     <t>HAMBEL OLIVER WENDELL</t>
   </si>
   <si>
     <t>17000650</t>
   </si>
   <si>
     <t>HARPER ELECTRIE L</t>
   </si>
   <si>
     <t>17000670</t>
   </si>
   <si>
     <t>HARPER RALPH</t>
   </si>
   <si>
     <t>170-006-820-0</t>
   </si>
   <si>
     <t>BALD EAGLE RD</t>
   </si>
   <si>
     <t>170-006-830-0</t>
@@ -7720,1085 +6757,1001 @@
   <si>
     <t>3450 COLUMBUS ST</t>
   </si>
   <si>
     <t>17000690</t>
   </si>
   <si>
     <t>LEMLEY ROSA N</t>
   </si>
   <si>
     <t>170-007-420-0</t>
   </si>
   <si>
     <t>HOUSTON WILLIAM G</t>
   </si>
   <si>
     <t>2635 SYCAMORE LN</t>
   </si>
   <si>
     <t>170-007-430-0</t>
   </si>
   <si>
     <t>2589 SYCAMORE LN</t>
   </si>
   <si>
-    <t>170-007-810-0</t>
+    <t>170-007-990-0</t>
+  </si>
+  <si>
+    <t>WAGNER DEANE RANDALL &amp; REBEKAH</t>
+  </si>
+  <si>
+    <t>SCOTT RD</t>
+  </si>
+  <si>
+    <t>170-008-310-0</t>
+  </si>
+  <si>
+    <t>LEOPOLD TIMOTHY L</t>
+  </si>
+  <si>
+    <t>S R 266</t>
+  </si>
+  <si>
+    <t>170-008-330-1</t>
+  </si>
+  <si>
+    <t>5855 OLNEY RUN RD</t>
+  </si>
+  <si>
+    <t>170-008-340-1</t>
+  </si>
+  <si>
+    <t>OLNEY RUN RD</t>
+  </si>
+  <si>
+    <t>170-008-620-0</t>
+  </si>
+  <si>
+    <t>HUNLEY MARTHA DARLENE &amp; JEFFREY A</t>
+  </si>
+  <si>
+    <t>2347 POINT LOOKOUT RD</t>
+  </si>
+  <si>
+    <t>170-008-650-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCCOY RIDGE RD  FRNT 9-10 SD 1</t>
+  </si>
+  <si>
+    <t>170-009-070-0</t>
+  </si>
+  <si>
+    <t>MAYLE MITCHELL R &amp; RHONDA N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114 TAYLOR HOLLOW RD  SD 31</t>
+  </si>
+  <si>
+    <t>17000947</t>
+  </si>
+  <si>
+    <t>LEONHART JASON &amp; SHELLY</t>
+  </si>
+  <si>
+    <t>5717 ELLIS RD</t>
+  </si>
+  <si>
+    <t>170-009-470-0</t>
+  </si>
+  <si>
+    <t>LEONHART JASON</t>
+  </si>
+  <si>
+    <t>5611 ELLIS RD</t>
+  </si>
+  <si>
+    <t>170-009-470-2</t>
+  </si>
+  <si>
+    <t>ABLE STEFANIE ELAINE</t>
+  </si>
+  <si>
+    <t>5595 ELLIS RD</t>
+  </si>
+  <si>
+    <t>170-009-670-0</t>
+  </si>
+  <si>
+    <t>TOMPKINS RANDY C II</t>
+  </si>
+  <si>
+    <t>170-009-680-0</t>
+  </si>
+  <si>
+    <t>17000970</t>
+  </si>
+  <si>
+    <t>KESLING NENA P</t>
+  </si>
+  <si>
+    <t>170-010-070-0</t>
+  </si>
+  <si>
+    <t>3429 COLUMBUS ST</t>
+  </si>
+  <si>
+    <t>170-010-600-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 29</t>
+  </si>
+  <si>
+    <t>170-010-610-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  SD 18</t>
+  </si>
+  <si>
+    <t>170-010-780-0</t>
+  </si>
+  <si>
+    <t>GUINN GREGORY L &amp; KITTY S</t>
+  </si>
+  <si>
+    <t>COOPER LN</t>
+  </si>
+  <si>
+    <t>170-010-790-0</t>
+  </si>
+  <si>
+    <t>170-010-820-0</t>
+  </si>
+  <si>
+    <t>OHLINGER JANET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4227 JOHNSON RIDGE RD  SD 5</t>
+  </si>
+  <si>
+    <t>170-011-010-0</t>
+  </si>
+  <si>
+    <t>GRAHAM ARLENE KAY</t>
+  </si>
+  <si>
+    <t>170-011-020-0</t>
+  </si>
+  <si>
+    <t>1875 S ST RT 376</t>
+  </si>
+  <si>
+    <t>170-011-030-0</t>
+  </si>
+  <si>
+    <t>1936 S ST RT 376</t>
+  </si>
+  <si>
+    <t>170-011-040-0</t>
+  </si>
+  <si>
+    <t>170-011-050-0</t>
+  </si>
+  <si>
+    <t>2034 S ST RT 376</t>
+  </si>
+  <si>
+    <t>170-011-060-0</t>
+  </si>
+  <si>
+    <t>170-011-070-0</t>
+  </si>
+  <si>
+    <t>17001150</t>
+  </si>
+  <si>
+    <t>NESSELRODE DOROTHY E &amp;</t>
+  </si>
+  <si>
+    <t>170-011-560-2</t>
+  </si>
+  <si>
+    <t>JEWELL LEONA &amp; DEREK MOORE</t>
+  </si>
+  <si>
+    <t>S R 376</t>
+  </si>
+  <si>
+    <t>17001160</t>
+  </si>
+  <si>
+    <t>NEWLAND EDNA M</t>
+  </si>
+  <si>
+    <t>170-012-200-0</t>
+  </si>
+  <si>
+    <t>SMITH KIRBY &amp; JAMES &amp; ANDREW P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BALD EAGLE RD  SD 1</t>
+  </si>
+  <si>
+    <t>170-012-650-0</t>
+  </si>
+  <si>
+    <t>COE SAMUEL B</t>
+  </si>
+  <si>
+    <t>2900 S ST RT 266</t>
+  </si>
+  <si>
+    <t>170-012-911-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  LOT 16</t>
+  </si>
+  <si>
+    <t>170-012-911-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  LOT 17</t>
+  </si>
+  <si>
+    <t>170-012-911-7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3910 POINT LOOKOUT RD  LOT 18</t>
+  </si>
+  <si>
+    <t>170-012-911-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  LOT 19</t>
+  </si>
+  <si>
+    <t>170-012-911-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  LOT 20</t>
+  </si>
+  <si>
+    <t>170-012-912-0</t>
+  </si>
+  <si>
+    <t>3885 S R 266</t>
+  </si>
+  <si>
+    <t>170-012-920-0</t>
+  </si>
+  <si>
+    <t>DAWSON HELEN</t>
+  </si>
+  <si>
+    <t>170-012-960-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLUMBUS ST  SD 31</t>
+  </si>
+  <si>
+    <t>170-013-010-0</t>
+  </si>
+  <si>
+    <t>BARR JERRY</t>
+  </si>
+  <si>
+    <t>570 S ST RT 266</t>
+  </si>
+  <si>
+    <t>170-013-020-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 11</t>
+  </si>
+  <si>
+    <t>170-013-700-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 2</t>
+  </si>
+  <si>
+    <t>170-013-710-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 5</t>
+  </si>
+  <si>
+    <t>17001380</t>
+  </si>
+  <si>
+    <t>SCHELLHAAS MARILYN D</t>
+  </si>
+  <si>
+    <t>170-014-280-8</t>
+  </si>
+  <si>
+    <t>MCMILLEN LONNIE &amp; KYRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4790 SCHILLING DRIVE  LOT 8</t>
+  </si>
+  <si>
+    <t>170-014-280-9</t>
+  </si>
+  <si>
+    <t>ASH RD LOT 9 FR 28</t>
+  </si>
+  <si>
+    <t>170-014-330-1</t>
+  </si>
+  <si>
+    <t>STRODE CINDY JO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLIND RD  SD 5</t>
+  </si>
+  <si>
+    <t>170-014-340-1</t>
+  </si>
+  <si>
+    <t>3540 BLIND RD</t>
+  </si>
+  <si>
+    <t>170-014-760-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4805 MADISON RUN RD  SD 5</t>
+  </si>
+  <si>
+    <t>170-015-210-0</t>
+  </si>
+  <si>
+    <t>COMPTON JAMES F &amp; SARA D</t>
+  </si>
+  <si>
+    <t>670 S R 266</t>
+  </si>
+  <si>
+    <t>170-015-470-0</t>
+  </si>
+  <si>
+    <t>170-015-480-0</t>
+  </si>
+  <si>
+    <t>170-015-490-0</t>
+  </si>
+  <si>
+    <t>170-015-500-0</t>
+  </si>
+  <si>
+    <t>170-015-750-0</t>
+  </si>
+  <si>
+    <t>DAVIS JUNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOHNSON RIDGE RD  SD 6</t>
+  </si>
+  <si>
+    <t>170-016-050-1</t>
+  </si>
+  <si>
+    <t>CAMPBELL JIMMY D &amp; PATRICIA J TOD: CAMPBELL CLINTON W ET2AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BALD EAGLE RD  SD 8 FR 1053</t>
+  </si>
+  <si>
+    <t>170-016-270-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3609 EAST RIVER RD  SD 2</t>
+  </si>
+  <si>
+    <t>170-016-520-0</t>
+  </si>
+  <si>
+    <t>CAMPBELL JIMMY DEE &amp; PATRICIA J TOD: CAMPBELL CLINTON W ET2AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAILEY RIDGE RD  SD 3</t>
+  </si>
+  <si>
+    <t>170-016-530-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAILEY RIDGE RD  SD 4</t>
+  </si>
+  <si>
+    <t>170-016-550-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1580 HANWOOD DR  SD 14</t>
+  </si>
+  <si>
+    <t>170-016-590-0</t>
+  </si>
+  <si>
+    <t>WHITE FRANKLIN THOMAS CULLEN &amp; LESLEY JAMES TAYLOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  FRNT 96</t>
+  </si>
+  <si>
+    <t>170-016-600-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  FRNT 95</t>
+  </si>
+  <si>
+    <t>170-016-620-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 6</t>
+  </si>
+  <si>
+    <t>170-016-620-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2605 S R 266  SD 15</t>
+  </si>
+  <si>
+    <t>170-016-630-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 8</t>
+  </si>
+  <si>
+    <t>170-016-640-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  SD 3</t>
+  </si>
+  <si>
+    <t>170-016-920-0</t>
+  </si>
+  <si>
+    <t>SHAFFER WILLIAM R &amp; KELLY K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIGHTNER RIDGE RD  SD 12-15</t>
+  </si>
+  <si>
+    <t>170-016-940-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIGHTNER RIDGE RD  SD 1</t>
+  </si>
+  <si>
+    <t>170-017-170-0</t>
+  </si>
+  <si>
+    <t>170-017-180-0</t>
+  </si>
+  <si>
+    <t>170-017-190-0</t>
+  </si>
+  <si>
+    <t>620 TIGNER RD</t>
+  </si>
+  <si>
+    <t>170-017-440-3</t>
+  </si>
+  <si>
+    <t>CORBIN JERRY L</t>
+  </si>
+  <si>
+    <t>6401 LIGHTNER RIDGE RD</t>
+  </si>
+  <si>
+    <t>170-017-451-2</t>
+  </si>
+  <si>
+    <t>KENNEDY JOHN L JR</t>
+  </si>
+  <si>
+    <t>6380 LIGHTNER RIDGE RD SD 20</t>
+  </si>
+  <si>
+    <t>170-017-550-0</t>
+  </si>
+  <si>
+    <t>OGDEN JULIA D</t>
+  </si>
+  <si>
+    <t>ELLIS RD</t>
+  </si>
+  <si>
+    <t>170-017-560-0</t>
+  </si>
+  <si>
+    <t>170-017-570-0</t>
+  </si>
+  <si>
+    <t>170-017-580-0</t>
+  </si>
+  <si>
+    <t>6400 ELLIS RD</t>
+  </si>
+  <si>
+    <t>170-017-590-0</t>
+  </si>
+  <si>
+    <t>170-017-690-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLUMBUS ST  SD 14</t>
+  </si>
+  <si>
+    <t>170-017-790-0</t>
+  </si>
+  <si>
+    <t>SCHELLHAAS JAMES L III</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  INLOT 26</t>
+  </si>
+  <si>
+    <t>170-017-800-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  INLOT 27</t>
+  </si>
+  <si>
+    <t>170-017-810-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  INLOT 25</t>
+  </si>
+  <si>
+    <t>170-017-840-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 266  INLOT 7</t>
+  </si>
+  <si>
+    <t>170-017-970-0</t>
+  </si>
+  <si>
+    <t>HAGERTY SEAN</t>
+  </si>
+  <si>
+    <t>170-018-280-0</t>
+  </si>
+  <si>
+    <t>WEST LARRY JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1030 S R 376  INLOT 6</t>
+  </si>
+  <si>
+    <t>170-018-290-0</t>
+  </si>
+  <si>
+    <t>WEST LARRY R &amp; D KAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  INLOT 7</t>
+  </si>
+  <si>
+    <t>170-018-340-0</t>
+  </si>
+  <si>
+    <t>WEST LARRY R &amp; KAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1020 S R 376  INLOT 8</t>
+  </si>
+  <si>
+    <t>170-018-420-0</t>
+  </si>
+  <si>
+    <t>WARREN THERESA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">935 S R 376  INLOT 16</t>
+  </si>
+  <si>
+    <t>170-018-430-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S R 376  INLOT 17</t>
+  </si>
+  <si>
+    <t>170-018-460-1</t>
+  </si>
+  <si>
+    <t>17001850</t>
+  </si>
+  <si>
+    <t>WILLIAMS GENE P</t>
+  </si>
+  <si>
+    <t>170-019-000-0</t>
+  </si>
+  <si>
+    <t>SKINNER BRET ALAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIVERVIEW LN  INLOT 17</t>
+  </si>
+  <si>
+    <t>170-019-010-0</t>
+  </si>
+  <si>
+    <t>577 RIVERVIEW LN</t>
+  </si>
+  <si>
+    <t>170-019-020-0</t>
+  </si>
+  <si>
+    <t>RIVERVIEW LN</t>
+  </si>
+  <si>
+    <t>170-019-040-0</t>
+  </si>
+  <si>
+    <t>ABELE JEFFREY L &amp; LINDA D</t>
+  </si>
+  <si>
+    <t>669 RIVERVIEW LN</t>
+  </si>
+  <si>
+    <t>170-019-050-0</t>
+  </si>
+  <si>
+    <t>170-019-290-0</t>
+  </si>
+  <si>
+    <t>WHEELER KENNETH A</t>
+  </si>
+  <si>
+    <t>HANWOOD DR</t>
+  </si>
+  <si>
+    <t>170-019-300-0</t>
+  </si>
+  <si>
+    <t>170-020-200-0</t>
+  </si>
+  <si>
+    <t>VANHORN BRADY J</t>
+  </si>
+  <si>
+    <t>3333 KOSKY DR</t>
+  </si>
+  <si>
+    <t>170-020-700-0</t>
+  </si>
+  <si>
+    <t>NICHOLSON CLIFTON E &amp; TAMMA L</t>
+  </si>
+  <si>
+    <t>270 BUCKEYE DR</t>
+  </si>
+  <si>
+    <t>170-020-740-0</t>
+  </si>
+  <si>
+    <t>WEBB THEODORE J &amp; ANGELA S</t>
+  </si>
+  <si>
+    <t>RU HA CA DR</t>
+  </si>
+  <si>
+    <t>170-020-770-0</t>
+  </si>
+  <si>
+    <t>WEBB THEODORE J</t>
+  </si>
+  <si>
+    <t>170-021-190-1</t>
+  </si>
+  <si>
+    <t>MICHEL JAMES</t>
+  </si>
+  <si>
+    <t>170-021-220-0</t>
+  </si>
+  <si>
+    <t>316 S RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>170-021-270-0</t>
+  </si>
+  <si>
+    <t>294 S RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>170-021-280-0</t>
+  </si>
+  <si>
+    <t>MICHEL DONALD E</t>
+  </si>
+  <si>
+    <t>320 S RIVERVIEW RD</t>
+  </si>
+  <si>
+    <t>170-022-080-0</t>
+  </si>
+  <si>
+    <t>17002520</t>
+  </si>
+  <si>
+    <t>MICHEL DONALD E &amp;</t>
+  </si>
+  <si>
+    <t>17002700</t>
+  </si>
+  <si>
+    <t>NEWTON RODNEY &amp; KAREN &amp;</t>
+  </si>
+  <si>
+    <t>17002780</t>
+  </si>
+  <si>
+    <t>SCHELLHAAS JAMES</t>
+  </si>
+  <si>
+    <t>17003980</t>
+  </si>
+  <si>
+    <t>STRODE SUSAN</t>
+  </si>
+  <si>
+    <t>17004260</t>
+  </si>
+  <si>
+    <t>MICHEL DONALD E &amp; VERONICA</t>
+  </si>
+  <si>
+    <t>17004340</t>
+  </si>
+  <si>
+    <t>ALBERT LARRY E</t>
+  </si>
+  <si>
+    <t>17004720</t>
+  </si>
+  <si>
+    <t>OHLINGER RICKIE</t>
+  </si>
+  <si>
+    <t>17005070</t>
+  </si>
+  <si>
+    <t>BURGETT ESTA</t>
+  </si>
+  <si>
+    <t>17005120</t>
+  </si>
+  <si>
+    <t>POWELL RUTH E</t>
+  </si>
+  <si>
+    <t>17005330</t>
+  </si>
+  <si>
+    <t>NICHOLSON CLIFTON E &amp; TAMMA</t>
+  </si>
+  <si>
+    <t>17005440</t>
+  </si>
+  <si>
+    <t>BORICK TIMOTHY J &amp; HOLLY L</t>
+  </si>
+  <si>
+    <t>17010120</t>
+  </si>
+  <si>
+    <t>GHEEN MICHAEL D</t>
+  </si>
+  <si>
+    <t>1890 BAILEY RIDGE RD</t>
+  </si>
+  <si>
+    <t>17010160</t>
+  </si>
+  <si>
+    <t>MCGREW CORRINE</t>
+  </si>
+  <si>
+    <t>3510 LIGHTNER RIDGE RD</t>
+  </si>
+  <si>
+    <t>17010170</t>
+  </si>
+  <si>
+    <t>KEIFFER EARL</t>
+  </si>
+  <si>
+    <t>MILES</t>
+  </si>
+  <si>
+    <t>17010420</t>
+  </si>
+  <si>
+    <t>MANOGG PHILIP M</t>
+  </si>
+  <si>
+    <t>6421 ELLIS RD</t>
+  </si>
+  <si>
+    <t>17010430</t>
+  </si>
+  <si>
+    <t>MCGREW COREY R</t>
+  </si>
+  <si>
+    <t>770 DAUGHERTY</t>
+  </si>
+  <si>
+    <t>17010530</t>
+  </si>
+  <si>
+    <t>CRICK RENEE J</t>
+  </si>
+  <si>
+    <t>17010650</t>
+  </si>
+  <si>
+    <t>CAIN ROBERT E</t>
+  </si>
+  <si>
+    <t>222 CAIN LANE</t>
+  </si>
+  <si>
+    <t>17010780</t>
+  </si>
+  <si>
+    <t>MT. OLIVET COMMUNITY CHURCH C/O JEFF HUNLEY</t>
+  </si>
+  <si>
+    <t>2347 LEONARD LANE</t>
+  </si>
+  <si>
+    <t>17010870</t>
+  </si>
+  <si>
+    <t>MCGREW KATHLEEN A HEISS &amp; CHAS WROS</t>
+  </si>
+  <si>
+    <t>611 DAUGHERTY RD</t>
+  </si>
+  <si>
+    <t>17011000</t>
+  </si>
+  <si>
+    <t>HARPER RALPH S</t>
+  </si>
+  <si>
+    <t>2950 S R 792</t>
+  </si>
+  <si>
+    <t>17011100</t>
+  </si>
+  <si>
+    <t>COLEMAN JAMIE J</t>
+  </si>
+  <si>
+    <t>6820 COLEMAN RD</t>
+  </si>
+  <si>
+    <t>17011110</t>
+  </si>
+  <si>
+    <t>GRADY SHANE R &amp; MYKA J</t>
+  </si>
+  <si>
+    <t>2630 SYCAMORE LANE</t>
+  </si>
+  <si>
+    <t>17011270</t>
+  </si>
+  <si>
+    <t>280 CAIN LANE</t>
+  </si>
+  <si>
+    <t>17011290</t>
+  </si>
+  <si>
+    <t>SEIBEL NEIL R</t>
+  </si>
+  <si>
+    <t>4240 S LICK RUN RD</t>
+  </si>
+  <si>
+    <t>17011370</t>
+  </si>
+  <si>
+    <t>OGDEN RICHARD E</t>
+  </si>
+  <si>
+    <t>17011440</t>
+  </si>
+  <si>
+    <t>OHLINGER ROY G &amp; PAULA M</t>
+  </si>
+  <si>
+    <t>4228 JOHNSON RIDGE RD</t>
+  </si>
+  <si>
+    <t>17011450</t>
+  </si>
+  <si>
+    <t>CRANDALL NORVEL M</t>
+  </si>
+  <si>
+    <t>3151 BLIND RD</t>
+  </si>
+  <si>
+    <t>17011480</t>
+  </si>
+  <si>
+    <t>CSIZMADIA HOLLY S</t>
+  </si>
+  <si>
+    <t>5600 JOHNSON RIDGE RD</t>
+  </si>
+  <si>
+    <t>17011490</t>
+  </si>
+  <si>
+    <t>NICHOLSON GARY L</t>
+  </si>
+  <si>
+    <t>270 S S R 266</t>
+  </si>
+  <si>
+    <t>17012080</t>
+  </si>
+  <si>
+    <t>SAMPSON JOHNNEY D</t>
+  </si>
+  <si>
+    <t>5801 ELLIS RD</t>
+  </si>
+  <si>
+    <t>17013030</t>
+  </si>
+  <si>
+    <t>WAHL MARY JO</t>
+  </si>
+  <si>
+    <t>1020 S R 376</t>
+  </si>
+  <si>
+    <t>17013130</t>
   </si>
   <si>
     <t>CATRON WILLA J</t>
   </si>
   <si>
     <t>5680 LIGHTNER RIDGE RD</t>
   </si>
   <si>
-    <t>170-007-990-0</t>
-[...1024 lines deleted...]
-  <si>
     <t>17013150</t>
   </si>
   <si>
     <t>HUTCHINS DELMAR &amp; JANET</t>
   </si>
   <si>
     <t>3555 EAST RIVER RD</t>
   </si>
   <si>
     <t>17013220</t>
   </si>
   <si>
     <t>MATTHEWS JENNIFER L</t>
   </si>
   <si>
     <t>2635 SYCAMORE LANE</t>
   </si>
   <si>
     <t>17013270</t>
   </si>
   <si>
     <t>DULEY DARLENE C/O JERAMEY CARPENTER</t>
   </si>
   <si>
     <t>2125 MILES LANE</t>
@@ -8818,77 +7771,59 @@
   <si>
     <t>MCGREW CHAD E</t>
   </si>
   <si>
     <t>17013700</t>
   </si>
   <si>
     <t>MILLER JEB A</t>
   </si>
   <si>
     <t>170-600-070-0</t>
   </si>
   <si>
     <t>CHURCH (FAIRVIEW)</t>
   </si>
   <si>
     <t>1177 POINT LOOKOUT RD</t>
   </si>
   <si>
     <t>170-600-080-0</t>
   </si>
   <si>
     <t>-9 POINT LOOKOUT RD</t>
   </si>
   <si>
-    <t>170-600-100-1</t>
-[...7 lines deleted...]
-  <si>
     <t>170-600-140-0</t>
   </si>
   <si>
     <t>TRUSTEES OF FAIRVIEW CHURCH OF CHRIST</t>
   </si>
   <si>
     <t xml:space="preserve">POINT LOOKOUT RD  SD 7</t>
   </si>
   <si>
-    <t>180-000-010-1</t>
-[...7 lines deleted...]
-  <si>
     <t>180-000-800-0</t>
   </si>
   <si>
     <t>WELLS JERRY R SR &amp; LINDA S</t>
   </si>
   <si>
     <t xml:space="preserve">3150 TIEBER RD  SD 38</t>
   </si>
   <si>
     <t>180-001-320-0</t>
   </si>
   <si>
     <t>BURT REVOCABLE TRUST DAVID L</t>
   </si>
   <si>
     <t>1720 BROADWAY ST</t>
   </si>
   <si>
     <t>180-001-571-0</t>
   </si>
   <si>
     <t>DILLE ERIC T</t>
   </si>
   <si>
     <t>SOUTH ST</t>
@@ -8896,59 +7831,50 @@
   <si>
     <t>180-001-690-1</t>
   </si>
   <si>
     <t>FYFFE CARRIE E</t>
   </si>
   <si>
     <t>NORTH ST</t>
   </si>
   <si>
     <t>180-002-100-0</t>
   </si>
   <si>
     <t>1725 MAIN ST</t>
   </si>
   <si>
     <t>180-002-150-0</t>
   </si>
   <si>
     <t>FARNSWORTH AMY</t>
   </si>
   <si>
     <t>1765 MAIN ST</t>
   </si>
   <si>
-    <t>180-002-200-0</t>
-[...7 lines deleted...]
-  <si>
     <t>180-002-380-0</t>
   </si>
   <si>
     <t>BURT DAVID L REVOCABLE TRUST</t>
   </si>
   <si>
     <t>1730 BROADWAY ST</t>
   </si>
   <si>
     <t>180-002-630-0</t>
   </si>
   <si>
     <t>KONKLER DANIELLE RILEY</t>
   </si>
   <si>
     <t>BROADWAY ST</t>
   </si>
   <si>
     <t>180-003-220-0</t>
   </si>
   <si>
     <t>1680 BROADWAY ST</t>
   </si>
   <si>
     <t>180-003-230-0</t>
@@ -9082,116 +8008,74 @@
   <si>
     <t>POSSUM RD</t>
   </si>
   <si>
     <t>190-000-210-0</t>
   </si>
   <si>
     <t xml:space="preserve">CROOKS RD  SD 9</t>
   </si>
   <si>
     <t>190-000-220-0</t>
   </si>
   <si>
     <t>COTTRELL DONALD JR &amp; MELINDA</t>
   </si>
   <si>
     <t>10920 DEAVERTOWN RD</t>
   </si>
   <si>
     <t>190-000-220-2</t>
   </si>
   <si>
     <t>10837 DEAVERTOWN RD</t>
   </si>
   <si>
-    <t>190-000-291-8</t>
-[...7 lines deleted...]
-  <si>
     <t>190-000-291-9</t>
   </si>
   <si>
     <t>EVANS HENRY W &amp; SYLVIA A</t>
   </si>
   <si>
     <t>8170 STONEBURNER RD</t>
   </si>
   <si>
-    <t>190-000-330-0</t>
-[...22 lines deleted...]
-  <si>
     <t>190-001-050-0</t>
   </si>
   <si>
     <t>CROOKSVILLE COAL CO INC</t>
   </si>
   <si>
     <t xml:space="preserve">TATMANS RD  SD 85</t>
   </si>
   <si>
     <t>190-001-060-0</t>
   </si>
   <si>
     <t xml:space="preserve">TATMANS RD  SD 86</t>
   </si>
   <si>
-    <t>190-001-250-0</t>
-[...7 lines deleted...]
-  <si>
     <t>190-001-300-0</t>
   </si>
   <si>
     <t xml:space="preserve">WHITEHOUSE RD  SD 89</t>
   </si>
   <si>
     <t>190-001-310-0</t>
   </si>
   <si>
     <t xml:space="preserve">TATMANS RD  SD 6</t>
   </si>
   <si>
     <t>190-001-410-3</t>
   </si>
   <si>
     <t>PRITCHARD CHRISTOPHER BRIAN</t>
   </si>
   <si>
     <t>W S R 669</t>
   </si>
   <si>
     <t>190-001-420-0</t>
   </si>
   <si>
     <t xml:space="preserve">W S R 669  BLDG 16-17</t>
@@ -9199,122 +8083,101 @@
   <si>
     <t>190-001-610-0</t>
   </si>
   <si>
     <t>BOYCE EDWARD A &amp; JEANNETTE E</t>
   </si>
   <si>
     <t>8050 S TROPIC RD</t>
   </si>
   <si>
     <t>190-001-790-0</t>
   </si>
   <si>
     <t>MCNEISH SHARLENE &amp; GARY FLOYD ETAL</t>
   </si>
   <si>
     <t>190-001-790-5</t>
   </si>
   <si>
     <t>MCNEISH SHARLENE</t>
   </si>
   <si>
     <t xml:space="preserve">S R 669  SD 19</t>
   </si>
   <si>
-    <t>190-002-100-2</t>
-[...7 lines deleted...]
-  <si>
     <t>190-002-340-0</t>
   </si>
   <si>
     <t>GLASS WILLIAM E</t>
   </si>
   <si>
     <t>13542 ROSE FARM RD</t>
   </si>
   <si>
     <t>190-002-580-0</t>
   </si>
   <si>
     <t>HILL GARY F</t>
   </si>
   <si>
     <t xml:space="preserve">13921 ROSE FARM RD  SD 59</t>
   </si>
   <si>
-    <t>190-002-810-2</t>
-[...4 lines deleted...]
-  <si>
     <t>190-002-990-0</t>
   </si>
   <si>
     <t>LANDERMAN GREGORY D TRUSTEE OF THE KATRINA E LANDERMAN IRREVOCABLE TRUST</t>
   </si>
   <si>
     <t xml:space="preserve">10350 SNYDER LN  SD 7</t>
   </si>
   <si>
     <t>190-003-000-0</t>
   </si>
   <si>
     <t>LANDERMAN KATRINA E IRR TRUST</t>
   </si>
   <si>
     <t xml:space="preserve">SNYDER LN  SD 7</t>
   </si>
   <si>
     <t>190-003-010-0</t>
   </si>
   <si>
     <t xml:space="preserve">SHARPS RIDGE RD  SD 5</t>
   </si>
   <si>
     <t>190-003-090-0</t>
   </si>
   <si>
     <t>LONES DANIEL J &amp; ROXANDRA</t>
   </si>
   <si>
     <t>8040 TROPIC</t>
   </si>
   <si>
-    <t>190-003-120-0</t>
-[...4 lines deleted...]
-  <si>
     <t>190-003-160-0</t>
   </si>
   <si>
     <t>TWEEDY TODD E &amp; ANITA</t>
   </si>
   <si>
     <t>13915 POSSOM RD</t>
   </si>
   <si>
     <t>19000330</t>
   </si>
   <si>
     <t>DUTIEL RONALD</t>
   </si>
   <si>
     <t>190-003-370-0</t>
   </si>
   <si>
     <t>ANDERSON JAMES I &amp; NATASHA E</t>
   </si>
   <si>
     <t>12000 POSSUM RD</t>
   </si>
   <si>
     <t>190-003-380-1</t>
@@ -9370,104 +8233,77 @@
   <si>
     <t>BROWN JODY L</t>
   </si>
   <si>
     <t>12875 POSSOM RD</t>
   </si>
   <si>
     <t>190-003-820-8</t>
   </si>
   <si>
     <t>PITTS JEFF K</t>
   </si>
   <si>
     <t xml:space="preserve">12750 POSSOM RD  INLOT 8</t>
   </si>
   <si>
     <t>190-003-830-3</t>
   </si>
   <si>
     <t>RHODES GAY F TRUST</t>
   </si>
   <si>
     <t xml:space="preserve">OGG LN  INLOT 16</t>
   </si>
   <si>
-    <t>190-003-890-0</t>
-[...7 lines deleted...]
-  <si>
     <t>190-003-970-0</t>
   </si>
   <si>
     <t>ALLEN LILA JEAN</t>
   </si>
   <si>
     <t xml:space="preserve">ROSE FARM RD  SD 44 &amp; 45</t>
   </si>
   <si>
     <t>190-004-390-0</t>
   </si>
   <si>
     <t xml:space="preserve">GUINSLER RD  SD 9</t>
   </si>
   <si>
     <t>190-004-400-0</t>
   </si>
   <si>
     <t xml:space="preserve">GUINSLER RD  SD 23</t>
   </si>
   <si>
     <t>190-004-410-0</t>
   </si>
   <si>
     <t xml:space="preserve">10855 GUINSLER RD  SD 32</t>
   </si>
   <si>
-    <t>190-004-480-0</t>
-[...16 lines deleted...]
-  <si>
     <t>190-004-740-1</t>
   </si>
   <si>
     <t xml:space="preserve">6795 SHARPS RIDGE RD  SD 21</t>
   </si>
   <si>
     <t>190-005-090-0</t>
   </si>
   <si>
     <t>MORGAN VICKI A</t>
   </si>
   <si>
     <t xml:space="preserve">9040 STONEBURNER RD  SD 15</t>
   </si>
   <si>
     <t>190-005-160-0</t>
   </si>
   <si>
     <t xml:space="preserve">ROSE FARM RD  SD 4</t>
   </si>
   <si>
     <t>190-005-170-0</t>
   </si>
   <si>
     <t xml:space="preserve">ROSE FARM RD  SD 1</t>
@@ -9499,141 +8335,117 @@
   <si>
     <t>SMITH HOLLIE</t>
   </si>
   <si>
     <t>190-006-250-0</t>
   </si>
   <si>
     <t>NUTTER JESSE</t>
   </si>
   <si>
     <t xml:space="preserve">MINERAL CARD  SD 6 COAL UND</t>
   </si>
   <si>
     <t>190-006-260-0</t>
   </si>
   <si>
     <t xml:space="preserve">MINERAL CARD  SD 4 COAL UND</t>
   </si>
   <si>
     <t>190-007-690-0</t>
   </si>
   <si>
     <t>DRIGGS WARREN &amp; STACY</t>
   </si>
   <si>
-    <t>190-007-820-0</t>
-[...7 lines deleted...]
-  <si>
     <t>190-007-960-0</t>
   </si>
   <si>
     <t>8571 N ST RT 555</t>
   </si>
   <si>
     <t>190-007-970-0</t>
   </si>
   <si>
     <t>190-008-160-0</t>
   </si>
   <si>
     <t>DEPREZ DEBBORA L</t>
   </si>
   <si>
     <t>11741 W ST RT 669</t>
   </si>
   <si>
     <t>190-009-310-0</t>
   </si>
   <si>
     <t>RIFFLE GOLDIE</t>
   </si>
   <si>
     <t>SECOND ST</t>
   </si>
   <si>
     <t>19000960</t>
   </si>
   <si>
     <t>MCCORMICK DARREL LEE</t>
   </si>
   <si>
-    <t>190-009-720-0</t>
-[...2 lines deleted...]
-    <t>STURGILL CORBY</t>
+    <t>190-009-740-0</t>
+  </si>
+  <si>
+    <t>STEPHENSON JON R</t>
+  </si>
+  <si>
+    <t>13880 THIRD ST</t>
+  </si>
+  <si>
+    <t>190-009-750-0</t>
+  </si>
+  <si>
+    <t>13880 3RD ST</t>
+  </si>
+  <si>
+    <t>190-009-760-0</t>
+  </si>
+  <si>
+    <t>13880 3RD ST ROSEFARM</t>
+  </si>
+  <si>
+    <t>190-009-920-0</t>
+  </si>
+  <si>
+    <t>WAYNE CLIFFORD ALAN &amp; MARY</t>
+  </si>
+  <si>
+    <t>11355 THIRD ST</t>
+  </si>
+  <si>
+    <t>190-009-930-0</t>
   </si>
   <si>
     <t>THIRD ST</t>
-  </si>
-[...40 lines deleted...]
-    <t>190-009-930-0</t>
   </si>
   <si>
     <t>190-009-940-0</t>
   </si>
   <si>
     <t>190-009-950-0</t>
   </si>
   <si>
     <t>190-009-960-0</t>
   </si>
   <si>
     <t>190-010-620-1</t>
   </si>
   <si>
     <t>CARNEY CAROLE</t>
   </si>
   <si>
     <t>190-010-970-0</t>
   </si>
   <si>
     <t>19001130</t>
   </si>
   <si>
     <t>FORGRAVE ROBERT L</t>
   </si>
@@ -9877,70 +8689,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1372" headerRowCount="1">
-  <autoFilter ref="A1:F1372"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1208" headerRowCount="1">
+  <autoFilter ref="A1:F1208"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=94&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=485&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1172&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27466&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5926&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9087&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28498&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10687&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10932&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10934&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11498&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12485&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13635&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13758&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14134&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29009&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14492&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31653&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15521&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16534&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17566&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29558&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18832&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29629&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20298&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21643&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22492&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31344&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23987&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24172&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30547&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25596&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26255&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26379&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26485&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26616&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26978&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27396&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27398&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=94&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=485&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1172&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27466&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=1878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=2941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5926&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=5965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=6983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=7835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=8999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9087&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28498&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=9986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10932&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10934&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=10962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=11901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=12962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13635&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13758&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=13998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14134&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29009&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14492&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=14932&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=15941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=16897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17566&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29558&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=17903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18832&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=18881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29629&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19249&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=19956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20298&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=20966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21643&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=21999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=29958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=22842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31344&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=23962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24172&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=24969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30547&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25596&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25697&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=28585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=25976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=31093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26255&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26379&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26485&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26616&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26978&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=26999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=30939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27396&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountytreasurer.org/Account/Index?Property_ID=27398&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F1372"/>
+  <dimension ref="A1:F1208"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="77.90421295166016" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="36.264442443847656" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -9964,27433 +8776,24153 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>7047.3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>134.84</v>
+        <v>465.35</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>53.47</v>
+        <v>221.18</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>465.35</v>
+        <v>242.65</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E6" s="2">
-        <v>9.67</v>
+        <v>234.96</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="2">
-        <v>221.18</v>
+        <v>3.71</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" s="2">
-        <v>242.65</v>
+        <v>34.82</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>234.96</v>
+        <v>660.8</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>3.71</v>
+        <v>23</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>34.82</v>
+        <v>3870.78</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E12" s="2">
-        <v>660.8</v>
+        <v>46.64</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E13" s="2">
-        <v>23</v>
+        <v>87.9</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>3870.78</v>
+        <v>133.03</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="E15" s="2">
-        <v>46.64</v>
+        <v>592.74</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>87.9</v>
+        <v>3839.41</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="2">
-        <v>133.03</v>
+        <v>1915.33</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="E18" s="2">
-        <v>592.74</v>
+        <v>234.28</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E19" s="2">
-        <v>3839.41</v>
+        <v>1126.72</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E20" s="2">
-        <v>323.87</v>
+        <v>7085.83</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="2">
-        <v>1915.33</v>
+        <v>823.9</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E22" s="2">
-        <v>234.28</v>
+        <v>46.17</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="2">
-        <v>1126.72</v>
+        <v>200.62</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="2">
-        <v>7085.83</v>
+        <v>358.31</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="2">
-        <v>823.9</v>
+        <v>2144.99</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="2">
-        <v>46.17</v>
+        <v>1320.05</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="E27" s="2">
-        <v>200.62</v>
+        <v>164.02</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E28" s="2">
-        <v>358.31</v>
+        <v>35.26</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E29" s="2">
-        <v>2144.99</v>
+        <v>30.55</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="E30" s="2">
-        <v>1320.05</v>
+        <v>2.22</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="E31" s="2">
-        <v>164.02</v>
+        <v>163.3</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E32" s="2">
-        <v>35.26</v>
+        <v>99.38</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="2">
-        <v>30.55</v>
+        <v>2063.01</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="E34" s="2">
-        <v>2.22</v>
+        <v>469.24</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" s="2">
-        <v>163.3</v>
+        <v>459.2</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="E36" s="2">
-        <v>99.38</v>
+        <v>597.72</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E37" s="2">
-        <v>2063.01</v>
+        <v>1372.21</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E38" s="2">
-        <v>469.24</v>
+        <v>390.25</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E39" s="2">
-        <v>459.2</v>
+        <v>756.55</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E40" s="2">
-        <v>597.72</v>
+        <v>498.61</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E41" s="2">
-        <v>1372.21</v>
+        <v>562.2</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E42" s="2">
-        <v>390.25</v>
+        <v>34.15</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E43" s="2">
-        <v>756.55</v>
+        <v>266.89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E44" s="2">
-        <v>498.61</v>
+        <v>591.03</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>120</v>
+        <v>61</v>
       </c>
       <c r="E45" s="2">
-        <v>562.2</v>
+        <v>467.85</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="E46" s="2">
-        <v>34.15</v>
+        <v>989.15</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="E47" s="2">
-        <v>266.89</v>
+        <v>1355.19</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
       <c r="E48" s="2">
-        <v>591.03</v>
+        <v>120.86</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="E49" s="2">
-        <v>467.85</v>
+        <v>128.37</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>989.15</v>
+        <v>1187.81</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E51" s="2">
-        <v>0.68</v>
+        <v>531.39</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E52" s="2">
-        <v>1355.19</v>
+        <v>0.35</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="E53" s="2">
-        <v>120.86</v>
+        <v>4731.24</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>142</v>
+        <v>61</v>
       </c>
       <c r="E54" s="2">
-        <v>128.37</v>
+        <v>3084.4</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>145</v>
+        <v>44</v>
       </c>
       <c r="E55" s="2">
-        <v>1187.81</v>
+        <v>3074.32</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>531.39</v>
+        <v>2.48</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" s="2">
-        <v>0.35</v>
+        <v>133.54</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="B58" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>217.9</v>
+        <v>264.41</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B59" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>4731.24</v>
+        <v>463.84</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" s="2">
-        <v>3084.4</v>
+        <v>1376.84</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>51</v>
+        <v>160</v>
       </c>
       <c r="E61" s="2">
-        <v>3074.32</v>
+        <v>354.9</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E62" s="2">
-        <v>2.48</v>
+        <v>105.01</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E63" s="2">
-        <v>312.67</v>
+        <v>103.63</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>1287.37</v>
+        <v>46.34</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E65" s="2">
-        <v>62.89</v>
+        <v>2909.23</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E66" s="2">
-        <v>133.54</v>
+        <v>1771.94</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E67" s="2">
-        <v>1.11</v>
+        <v>14.58</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>264.41</v>
+        <v>359.21</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>41</v>
+        <v>179</v>
       </c>
       <c r="E69" s="2">
-        <v>279.09</v>
+        <v>326.68</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E70" s="2">
-        <v>279.09</v>
+        <v>11.3</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E71" s="2">
-        <v>270.31</v>
+        <v>334.52</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>182</v>
+        <v>83</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="E72" s="2">
-        <v>463.84</v>
+        <v>83.14</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>1376.84</v>
+        <v>2.31</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E74" s="2">
-        <v>354.9</v>
+        <v>2.31</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E75" s="2">
-        <v>105.01</v>
+        <v>2.31</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="E76" s="2">
-        <v>103.63</v>
+        <v>2.31</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>195</v>
+        <v>44</v>
       </c>
       <c r="E77" s="2">
-        <v>46.34</v>
+        <v>4030.68</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E78" s="2">
-        <v>2909.23</v>
+        <v>608.96</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>201</v>
+        <v>44</v>
       </c>
       <c r="E79" s="2">
-        <v>1771.94</v>
+        <v>1755.19</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>201</v>
+        <v>44</v>
       </c>
       <c r="E80" s="2">
-        <v>14.58</v>
+        <v>4038.21</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>205</v>
+        <v>44</v>
       </c>
       <c r="E81" s="2">
-        <v>359.21</v>
+        <v>2144.99</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>208</v>
+        <v>44</v>
       </c>
       <c r="E82" s="2">
-        <v>326.68</v>
+        <v>2521.3</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>28</v>
+        <v>202</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="E83" s="2">
-        <v>11.3</v>
+        <v>204.37</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>41</v>
+        <v>205</v>
       </c>
       <c r="E84" s="2">
-        <v>334.52</v>
+        <v>288.19</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>93</v>
+        <v>207</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E85" s="2">
-        <v>83.14</v>
+        <v>1585.45</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E86" s="2">
-        <v>2.31</v>
+        <v>4145.95</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E87" s="2">
-        <v>2.31</v>
+        <v>52.3</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E88" s="2">
-        <v>2.31</v>
+        <v>814.41</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E89" s="2">
-        <v>2.31</v>
+        <v>2144.99</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E90" s="2">
-        <v>4030.68</v>
+        <v>222.14</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E91" s="2">
-        <v>608.96</v>
+        <v>303.08</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>51</v>
+        <v>212</v>
       </c>
       <c r="E92" s="2">
-        <v>1755.19</v>
+        <v>406.09</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>4038.21</v>
+        <v>344.53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C94" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>2144.99</v>
+        <v>19970.2</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>51</v>
+        <v>230</v>
       </c>
       <c r="E95" s="2">
-        <v>2521.3</v>
+        <v>56.85</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="B96" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>204.37</v>
+        <v>4475.44</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>75</v>
+        <v>234</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>234</v>
+        <v>163</v>
       </c>
       <c r="E97" s="2">
-        <v>288.19</v>
+        <v>130.61</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>51</v>
+        <v>237</v>
       </c>
       <c r="E98" s="2">
-        <v>1585.45</v>
+        <v>238.18</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>51</v>
+        <v>166</v>
       </c>
       <c r="E99" s="2">
-        <v>4145.95</v>
+        <v>189.73</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E100" s="2">
-        <v>52.3</v>
+        <v>95.54</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="E101" s="2">
-        <v>2500.44</v>
+        <v>49.41</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>51</v>
+        <v>248</v>
       </c>
       <c r="E102" s="2">
-        <v>814.41</v>
+        <v>7</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>51</v>
+        <v>251</v>
       </c>
       <c r="E103" s="2">
-        <v>2144.99</v>
+        <v>1243.42</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>51</v>
+        <v>254</v>
       </c>
       <c r="E104" s="2">
-        <v>222.14</v>
+        <v>842.51</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="E105" s="2">
-        <v>303.08</v>
+        <v>16.21</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>241</v>
+        <v>260</v>
       </c>
       <c r="E106" s="2">
-        <v>406.09</v>
+        <v>228.56</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="E107" s="2">
-        <v>344.53</v>
+        <v>13.16</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E108" s="2">
-        <v>19970.2</v>
+        <v>251</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E109" s="2">
-        <v>56.85</v>
+        <v>126.24</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>263</v>
+        <v>94</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>261</v>
+        <v>86</v>
       </c>
       <c r="E110" s="2">
-        <v>4475.44</v>
+        <v>27.82</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>192</v>
+        <v>212</v>
       </c>
       <c r="E111" s="2">
-        <v>130.61</v>
+        <v>228.56</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="E112" s="2">
-        <v>238.18</v>
+        <v>14.14</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>195</v>
+        <v>278</v>
       </c>
       <c r="E113" s="2">
-        <v>189.73</v>
+        <v>172.98</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="E114" s="2">
-        <v>95.54</v>
+        <v>59.48</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="E115" s="2">
-        <v>49.41</v>
+        <v>60.61</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="E116" s="2">
-        <v>7</v>
+        <v>34.04</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="E117" s="2">
-        <v>1243.42</v>
+        <v>1510.21</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="E118" s="2">
-        <v>842.51</v>
+        <v>693.78</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="E119" s="2">
-        <v>16.21</v>
+        <v>1395.31</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E120" s="2">
-        <v>228.56</v>
+        <v>2.96</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E121" s="2">
-        <v>13.16</v>
+        <v>115.21</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="E122" s="2">
-        <v>251</v>
+        <v>6.3</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="E123" s="2">
-        <v>126.24</v>
+        <v>812.46</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>104</v>
+        <v>305</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>96</v>
+        <v>306</v>
       </c>
       <c r="E124" s="2">
-        <v>27.82</v>
+        <v>487.11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>241</v>
+        <v>185</v>
       </c>
       <c r="E125" s="2">
-        <v>228.56</v>
+        <v>15.25</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>306</v>
+        <v>185</v>
       </c>
       <c r="E126" s="2">
-        <v>14.14</v>
+        <v>28089.41</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>309</v>
+        <v>185</v>
       </c>
       <c r="E127" s="2">
-        <v>172.98</v>
+        <v>317.82</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>312</v>
+        <v>185</v>
       </c>
       <c r="E128" s="2">
-        <v>59.48</v>
+        <v>5.02</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>315</v>
+        <v>185</v>
       </c>
       <c r="E129" s="2">
-        <v>20.33</v>
+        <v>9.16</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>318</v>
+        <v>185</v>
       </c>
       <c r="E130" s="2">
-        <v>60.61</v>
+        <v>19.42</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E131" s="2">
-        <v>34.04</v>
+        <v>114.49</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>323</v>
+        <v>185</v>
       </c>
       <c r="E132" s="2">
-        <v>424.88</v>
+        <v>2.98</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>325</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>326</v>
+        <v>185</v>
       </c>
       <c r="E133" s="2">
-        <v>1510.21</v>
+        <v>4.41</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="B134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>329</v>
+        <v>185</v>
       </c>
       <c r="E134" s="2">
-        <v>693.78</v>
+        <v>142.14</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="B135" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" s="2">
-        <v>1395.31</v>
+        <v>11.09</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="B136" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E136" s="2">
-        <v>2.96</v>
+        <v>12.48</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B137" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>336</v>
       </c>
       <c r="E137" s="2">
-        <v>115.21</v>
+        <v>51.81</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>320</v>
+        <v>339</v>
       </c>
       <c r="E138" s="2">
-        <v>6.3</v>
+        <v>7461.58</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E139" s="2">
-        <v>812.46</v>
+        <v>2841.96</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="B140" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E140" s="2">
-        <v>487.11</v>
+        <v>273.5</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>214</v>
+        <v>347</v>
       </c>
       <c r="E141" s="2">
-        <v>15.25</v>
+        <v>659.81</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>214</v>
+        <v>350</v>
       </c>
       <c r="E142" s="2">
-        <v>28089.41</v>
+        <v>752.46</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>214</v>
+        <v>353</v>
       </c>
       <c r="E143" s="2">
-        <v>317.82</v>
+        <v>274.23</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>214</v>
+        <v>356</v>
       </c>
       <c r="E144" s="2">
-        <v>5.02</v>
+        <v>427.24</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>214</v>
+        <v>359</v>
       </c>
       <c r="E145" s="2">
-        <v>9.16</v>
+        <v>1285.35</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>214</v>
+        <v>362</v>
       </c>
       <c r="E146" s="2">
-        <v>19.42</v>
+        <v>322.93</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="E147" s="2">
-        <v>114.49</v>
+        <v>271.48</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>214</v>
+        <v>367</v>
       </c>
       <c r="E148" s="2">
-        <v>2.98</v>
+        <v>242.78</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>214</v>
+        <v>370</v>
       </c>
       <c r="E149" s="2">
-        <v>4.41</v>
+        <v>103.77</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>214</v>
+        <v>370</v>
       </c>
       <c r="E150" s="2">
-        <v>142.14</v>
+        <v>27.92</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="E151" s="2">
-        <v>11.09</v>
+        <v>58.68</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E152" s="2">
-        <v>12.48</v>
+        <v>92.69</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="E153" s="2">
-        <v>51.81</v>
+        <v>542.77</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="E154" s="2">
-        <v>960.68</v>
+        <v>263.02</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="E155" s="2">
-        <v>7461.58</v>
+        <v>138.12</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="E156" s="2">
-        <v>3341.96</v>
+        <v>2136.22</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="E157" s="2">
-        <v>323.5</v>
+        <v>210.04</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="E158" s="2">
-        <v>659.81</v>
+        <v>1593.56</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>390</v>
+        <v>44</v>
       </c>
       <c r="E159" s="2">
-        <v>752.46</v>
+        <v>189.88</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="E160" s="2">
-        <v>0.8</v>
+        <v>622.74</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="E161" s="2">
-        <v>274.23</v>
+        <v>406.66</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E162" s="2">
-        <v>427.24</v>
+        <v>541.37</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="E163" s="2">
-        <v>1285.35</v>
+        <v>454.85</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E164" s="2">
-        <v>322.93</v>
+        <v>900.94</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>407</v>
+        <v>44</v>
       </c>
       <c r="E165" s="2">
-        <v>271.48</v>
+        <v>64.67</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E166" s="2">
-        <v>242.78</v>
+        <v>0.02</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E167" s="2">
-        <v>103.77</v>
+        <v>1044.56</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="E168" s="2">
-        <v>27.92</v>
+        <v>52.59</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="E169" s="2">
-        <v>58.68</v>
+        <v>453.49</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E170" s="2">
-        <v>792.69</v>
+        <v>503.26</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="E171" s="2">
-        <v>542.77</v>
+        <v>852.78</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
       <c r="E172" s="2">
-        <v>263.02</v>
+        <v>2074.66</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>426</v>
+        <v>400</v>
       </c>
       <c r="E173" s="2">
-        <v>138.12</v>
+        <v>36.55</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="E174" s="2">
-        <v>2136.22</v>
+        <v>848.83</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="E175" s="2">
-        <v>410.04</v>
+        <v>3719.1</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="E176" s="2">
-        <v>1593.56</v>
+        <v>1621.03</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>51</v>
+        <v>444</v>
       </c>
       <c r="E177" s="2">
-        <v>189.88</v>
+        <v>1634.31</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="E178" s="2">
-        <v>622.74</v>
+        <v>2021.99</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="E179" s="2">
-        <v>406.66</v>
+        <v>2021.99</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>445</v>
+        <v>44</v>
       </c>
       <c r="E180" s="2">
-        <v>541.37</v>
+        <v>813.42</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>448</v>
+        <v>44</v>
       </c>
       <c r="E181" s="2">
-        <v>1328.83</v>
+        <v>2882.92</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>451</v>
+        <v>44</v>
       </c>
       <c r="E182" s="2">
-        <v>454.85</v>
+        <v>1606.81</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>454</v>
+        <v>185</v>
       </c>
       <c r="E183" s="2">
-        <v>900.94</v>
+        <v>3.31</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>384</v>
+        <v>44</v>
       </c>
       <c r="E184" s="2">
-        <v>207.81</v>
+        <v>3648.13</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>458</v>
+        <v>185</v>
       </c>
       <c r="E185" s="2">
-        <v>310.18</v>
+        <v>3.97</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>460</v>
+        <v>44</v>
       </c>
       <c r="E186" s="2">
-        <v>6.76</v>
+        <v>2932.37</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E187" s="2">
-        <v>64.67</v>
+        <v>2500.44</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="E188" s="2">
-        <v>0.02</v>
+        <v>293.92</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>468</v>
+        <v>364</v>
       </c>
       <c r="E189" s="2">
-        <v>1044.56</v>
+        <v>229.09</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="E190" s="2">
-        <v>52.59</v>
+        <v>1325.94</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="E191" s="2">
-        <v>453.49</v>
+        <v>279.87</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>476</v>
+        <v>366</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>477</v>
+        <v>362</v>
       </c>
       <c r="E192" s="2">
-        <v>503.26</v>
+        <v>30.64</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>480</v>
+        <v>374</v>
       </c>
       <c r="E193" s="2">
-        <v>852.78</v>
+        <v>128.07</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B194" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="C194" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E194" s="2">
-        <v>2074.66</v>
+        <v>30.64</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="B195" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E195" s="2">
-        <v>36.55</v>
+        <v>30.64</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>486</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>487</v>
+        <v>386</v>
       </c>
       <c r="E196" s="2">
-        <v>848.83</v>
+        <v>454.79</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="B197" s="0" t="s">
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="C197" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E197" s="2">
-        <v>3719.1</v>
+        <v>305.75</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="B198" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>493</v>
+        <v>44</v>
       </c>
       <c r="E198" s="2">
-        <v>1621.03</v>
+        <v>427.58</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="B199" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E199" s="2">
-        <v>1634.31</v>
+        <v>1930.53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>499</v>
+        <v>44</v>
       </c>
       <c r="E200" s="2">
-        <v>2021.99</v>
+        <v>3919.07</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="E201" s="2">
-        <v>2021.99</v>
+        <v>1160.53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E202" s="2">
-        <v>813.42</v>
+        <v>416.42</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>51</v>
+        <v>504</v>
       </c>
       <c r="E203" s="2">
-        <v>2882.92</v>
+        <v>4266.99</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="B204" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E204" s="2">
-        <v>1606.81</v>
+        <v>372.91</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="0" t="s">
         <v>509</v>
       </c>
-      <c r="B205" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E205" s="2">
-        <v>3.31</v>
+        <v>182.07</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>511</v>
       </c>
-      <c r="B206" s="0" t="s">
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="C206" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E206" s="2">
-        <v>3648.13</v>
+        <v>175.97</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>513</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>214</v>
+        <v>515</v>
       </c>
       <c r="E207" s="2">
-        <v>3.97</v>
+        <v>617.29</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>51</v>
+        <v>518</v>
       </c>
       <c r="E208" s="2">
-        <v>2932.37</v>
+        <v>5.45</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>51</v>
+        <v>521</v>
       </c>
       <c r="E209" s="2">
-        <v>2500.44</v>
+        <v>299.22</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>520</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E210" s="2">
-        <v>293.92</v>
+        <v>297.97</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B211" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C211" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E211" s="2">
-        <v>229.09</v>
+        <v>103.25</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E212" s="2">
-        <v>1325.94</v>
+        <v>626.64</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E213" s="2">
-        <v>279.87</v>
+        <v>788.27</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>409</v>
+        <v>532</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>405</v>
+        <v>533</v>
       </c>
       <c r="E214" s="2">
-        <v>30.64</v>
+        <v>147.43</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>417</v>
+        <v>44</v>
       </c>
       <c r="E215" s="2">
-        <v>128.07</v>
+        <v>138.29</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>409</v>
+        <v>537</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="E216" s="2">
-        <v>30.64</v>
+        <v>131.51</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>409</v>
+        <v>540</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="E217" s="2">
-        <v>30.64</v>
+        <v>34.39</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>429</v>
+        <v>544</v>
       </c>
       <c r="E218" s="2">
-        <v>454.79</v>
+        <v>11517.15</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>419</v>
+        <v>546</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>420</v>
+        <v>509</v>
       </c>
       <c r="E219" s="2">
-        <v>124.64</v>
+        <v>129.68</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>542</v>
+        <v>509</v>
       </c>
       <c r="E220" s="2">
-        <v>305.75</v>
+        <v>905.53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>51</v>
+        <v>550</v>
       </c>
       <c r="E221" s="2">
-        <v>427.58</v>
+        <v>0.72</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="E222" s="2">
-        <v>1930.53</v>
+        <v>1604.91</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>51</v>
+        <v>556</v>
       </c>
       <c r="E223" s="2">
-        <v>3919.07</v>
+        <v>679.76</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="E224" s="2">
-        <v>1760.53</v>
+        <v>206.42</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E225" s="2">
-        <v>416.42</v>
+        <v>3.88</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>557</v>
+        <v>44</v>
       </c>
       <c r="E226" s="2">
-        <v>4266.99</v>
+        <v>325.59</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="E227" s="2">
-        <v>372.91</v>
+        <v>48.52</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>562</v>
+        <v>44</v>
       </c>
       <c r="E228" s="2">
-        <v>182.07</v>
+        <v>4677.95</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="E229" s="2">
-        <v>175.97</v>
+        <v>1122.17</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E230" s="2">
-        <v>617.29</v>
+        <v>3064.21</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E231" s="2">
-        <v>5.45</v>
+        <v>0.73</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E232" s="2">
-        <v>299.22</v>
+        <v>0.73</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="0" t="s">
         <v>576</v>
       </c>
       <c r="E233" s="2">
-        <v>297.97</v>
+        <v>0.73</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>573</v>
+        <v>540</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="E234" s="2">
-        <v>103.25</v>
+        <v>174.91</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="E235" s="2">
-        <v>626.64</v>
+        <v>72.39</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B236" s="0" t="s">
         <v>582</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E236" s="2">
-        <v>788.27</v>
+        <v>150.37</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E237" s="2">
-        <v>147.43</v>
+        <v>2347.81</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>588</v>
+        <v>537</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>51</v>
+        <v>589</v>
       </c>
       <c r="E238" s="2">
-        <v>138.29</v>
+        <v>4650.84</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E239" s="2">
-        <v>131.51</v>
+        <v>893.56</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E240" s="2">
-        <v>34.39</v>
+        <v>1673.63</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E241" s="2">
-        <v>11517.15</v>
+        <v>9303.16</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>562</v>
+        <v>601</v>
       </c>
       <c r="E242" s="2">
-        <v>129.68</v>
+        <v>11.6</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>562</v>
+        <v>603</v>
       </c>
       <c r="E243" s="2">
-        <v>905.53</v>
+        <v>1468.06</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E244" s="2">
-        <v>0.72</v>
+        <v>1174.67</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B245" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="C245" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E245" s="2">
-        <v>1604.91</v>
+        <v>623.85</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>607</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>608</v>
+        <v>594</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="E246" s="2">
-        <v>679.76</v>
+        <v>1896.69</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="B247" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E247" s="2">
-        <v>206.42</v>
+        <v>1204.22</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="B248" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E248" s="2">
-        <v>3.88</v>
+        <v>2397.83</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>615</v>
+        <v>597</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="E249" s="2">
-        <v>13.49</v>
+        <v>5133.27</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="E250" s="2">
-        <v>1008.13</v>
+        <v>1190.88</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>51</v>
+        <v>619</v>
       </c>
       <c r="E251" s="2">
-        <v>325.59</v>
+        <v>224.92</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="B252" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E252" s="2">
-        <v>48.52</v>
+        <v>701.5</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D253" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="B253" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E253" s="2">
-        <v>4677.95</v>
+        <v>133.41</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="B254" s="0" t="s">
+      <c r="C254" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" s="0" t="s">
         <v>628</v>
       </c>
-      <c r="C254" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E254" s="2">
-        <v>1122.17</v>
+        <v>8208.93</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="B255" s="0" t="s">
+      <c r="C255" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="C255" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E255" s="2">
-        <v>3064.21</v>
+        <v>0.41</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" s="0" t="s">
         <v>633</v>
       </c>
-      <c r="B256" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E256" s="2">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D257" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="B257" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E257" s="2">
-        <v>0.73</v>
+        <v>713.03</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
         <v>637</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="E258" s="2">
-        <v>0.73</v>
+        <v>0.25</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>593</v>
+        <v>641</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="E259" s="2">
-        <v>174.91</v>
+        <v>13.18</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>641</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E260" s="2">
-        <v>72.39</v>
+        <v>4.44</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="E261" s="2">
-        <v>150.37</v>
+        <v>5335.64</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="E262" s="2">
-        <v>2347.81</v>
+        <v>14712.41</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>590</v>
+        <v>646</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E263" s="2">
-        <v>4650.84</v>
+        <v>13851.95</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="E264" s="2">
-        <v>893.56</v>
+        <v>11055.3</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>652</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="E265" s="2">
-        <v>1673.63</v>
+        <v>881.67</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>657</v>
+        <v>633</v>
       </c>
       <c r="E266" s="2">
-        <v>9303.16</v>
+        <v>8438.74</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>659</v>
+        <v>646</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="E267" s="2">
-        <v>11.6</v>
+        <v>15793.29</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="E268" s="2">
-        <v>1468.06</v>
+        <v>18053.14</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>664</v>
+        <v>631</v>
       </c>
       <c r="E269" s="2">
-        <v>1174.67</v>
+        <v>8.54</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="E270" s="2">
-        <v>623.85</v>
+        <v>0.33</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E271" s="2">
-        <v>1896.69</v>
+        <v>0.09</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="B272" s="0" t="s">
         <v>667</v>
       </c>
-      <c r="B272" s="0" t="s">
+      <c r="C272" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D272" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="C272" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E272" s="2">
-        <v>1204.22</v>
+        <v>0.09</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>671</v>
       </c>
       <c r="E273" s="2">
-        <v>2397.83</v>
+        <v>193.39</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>672</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>671</v>
       </c>
       <c r="E274" s="2">
-        <v>5133.27</v>
+        <v>32.19</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>673</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="E275" s="2">
-        <v>1190.88</v>
+        <v>32.19</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="E276" s="2">
-        <v>224.92</v>
+        <v>32.19</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="E277" s="2">
-        <v>701.5</v>
+        <v>32.19</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>683</v>
+        <v>670</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="E278" s="2">
-        <v>133.41</v>
+        <v>193.39</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="E279" s="2">
-        <v>8408.93</v>
+        <v>13.39</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="E280" s="2">
-        <v>0.41</v>
+        <v>35.5</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>691</v>
+        <v>682</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>689</v>
+        <v>670</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>692</v>
+        <v>671</v>
       </c>
       <c r="E281" s="2">
-        <v>0.72</v>
+        <v>32.19</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="E282" s="2">
-        <v>713.03</v>
+        <v>1745.77</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>697</v>
+        <v>670</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>698</v>
+        <v>671</v>
       </c>
       <c r="E283" s="2">
-        <v>0.25</v>
+        <v>32.19</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>699</v>
+        <v>686</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>700</v>
+        <v>670</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>701</v>
+        <v>671</v>
       </c>
       <c r="E284" s="2">
-        <v>13.18</v>
+        <v>193.39</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>703</v>
+        <v>689</v>
       </c>
       <c r="E285" s="2">
-        <v>4.44</v>
+        <v>600.2</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>704</v>
+        <v>690</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>706</v>
+        <v>692</v>
       </c>
       <c r="E286" s="2">
-        <v>5335.64</v>
+        <v>412.74</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>707</v>
+        <v>693</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>705</v>
+        <v>670</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>692</v>
+        <v>671</v>
       </c>
       <c r="E287" s="2">
-        <v>14712.41</v>
+        <v>193.39</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>708</v>
+        <v>694</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>709</v>
+        <v>696</v>
       </c>
       <c r="E288" s="2">
-        <v>13851.95</v>
+        <v>66.45</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E289" s="2">
-        <v>11055.3</v>
+        <v>1084.62</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="E290" s="2">
-        <v>881.67</v>
+        <v>30.69</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="E291" s="2">
-        <v>8438.74</v>
+        <v>5.89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="E292" s="2">
-        <v>15793.29</v>
+        <v>66.45</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>716</v>
+        <v>695</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="E293" s="2">
-        <v>18053.14</v>
+        <v>14.82</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>718</v>
+        <v>709</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>719</v>
+        <v>710</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>690</v>
+        <v>711</v>
       </c>
       <c r="E294" s="2">
-        <v>8.54</v>
+        <v>118.72</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="E295" s="2">
-        <v>0.33</v>
+        <v>367.54</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>724</v>
+        <v>44</v>
       </c>
       <c r="E296" s="2">
-        <v>0.09</v>
+        <v>2144.99</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="E297" s="2">
-        <v>0.09</v>
+        <v>9.75</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="E298" s="2">
-        <v>193.39</v>
+        <v>108.79</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="E299" s="2">
-        <v>32.19</v>
+        <v>112.65</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="E300" s="2">
-        <v>32.19</v>
+        <v>111.11</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B301" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="0" t="s">
         <v>729</v>
       </c>
-      <c r="C301" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E301" s="2">
-        <v>32.19</v>
+        <v>68.85</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="E302" s="2">
-        <v>32.19</v>
+        <v>181.72</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="E303" s="2">
-        <v>193.39</v>
+        <v>59.22</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D304" s="0" t="s">
         <v>736</v>
       </c>
-      <c r="B304" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E304" s="2">
-        <v>13.39</v>
+        <v>85.35</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="E305" s="2">
-        <v>35.5</v>
+        <v>33.37</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="E306" s="2">
-        <v>32.19</v>
+        <v>797.74</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D307" s="0" t="s">
         <v>742</v>
       </c>
-      <c r="B307" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E307" s="2">
-        <v>1745.77</v>
+        <v>79.4</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="B308" s="0" t="s">
         <v>744</v>
       </c>
-      <c r="B308" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>730</v>
+        <v>44</v>
       </c>
       <c r="E308" s="2">
-        <v>32.19</v>
+        <v>112.76</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>745</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>729</v>
+        <v>746</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="E309" s="2">
-        <v>193.39</v>
+        <v>642.49</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="E310" s="2">
-        <v>600.2</v>
+        <v>9.69</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>749</v>
       </c>
-      <c r="B311" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E311" s="2">
-        <v>412.74</v>
+        <v>26.88</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>730</v>
+        <v>755</v>
       </c>
       <c r="E312" s="2">
-        <v>193.39</v>
+        <v>348.37</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B313" s="0" t="s">
         <v>754</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="E313" s="2">
-        <v>66.45</v>
+        <v>405.89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E314" s="2">
-        <v>1084.62</v>
+        <v>112.89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>760</v>
+        <v>185</v>
       </c>
       <c r="E315" s="2">
-        <v>30.69</v>
+        <v>10.79</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>763</v>
+        <v>44</v>
       </c>
       <c r="E316" s="2">
-        <v>6.78</v>
+        <v>1711.49</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>764</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>766</v>
+        <v>185</v>
       </c>
       <c r="E317" s="2">
-        <v>5.89</v>
+        <v>18.61</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>768</v>
+        <v>185</v>
       </c>
       <c r="E318" s="2">
-        <v>66.45</v>
+        <v>6.19</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>770</v>
+        <v>44</v>
       </c>
       <c r="E319" s="2">
-        <v>14.82</v>
+        <v>3074.32</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>773</v>
+        <v>44</v>
       </c>
       <c r="E320" s="2">
-        <v>118.72</v>
+        <v>2500.44</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>776</v>
+        <v>44</v>
       </c>
       <c r="E321" s="2">
-        <v>367.54</v>
+        <v>766.46</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E322" s="2">
-        <v>2144.99</v>
+        <v>42.69</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>781</v>
+        <v>44</v>
       </c>
       <c r="E323" s="2">
-        <v>9.75</v>
+        <v>112.76</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="E324" s="2">
-        <v>108.79</v>
+        <v>4728.65</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="E325" s="2">
-        <v>167.99</v>
+        <v>287.91</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="E326" s="2">
-        <v>111.11</v>
+        <v>654.73</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="E327" s="2">
-        <v>97.88</v>
+        <v>92.86</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="E328" s="2">
-        <v>181.72</v>
+        <v>208.13</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="E329" s="2">
-        <v>84.29</v>
+        <v>149.57</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D330" s="0" t="s">
         <v>797</v>
       </c>
-      <c r="B330" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E330" s="2">
-        <v>121.5</v>
+        <v>7369.15</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="B331" s="0" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="0" t="s">
         <v>800</v>
       </c>
       <c r="E331" s="2">
-        <v>39.84</v>
+        <v>857.44</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>801</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="E332" s="2">
-        <v>797.74</v>
+        <v>660.94</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="E333" s="2">
-        <v>79.4</v>
+        <v>6.94</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>51</v>
+        <v>809</v>
       </c>
       <c r="E334" s="2">
-        <v>112.76</v>
+        <v>128.79</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="E335" s="2">
-        <v>642.49</v>
+        <v>786.64</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="E336" s="2">
-        <v>9.69</v>
+        <v>1139.43</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="E337" s="2">
-        <v>26.88</v>
+        <v>12.67</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="E338" s="2">
-        <v>348.37</v>
+        <v>183.12</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="E339" s="2">
-        <v>405.89</v>
+        <v>103.41</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>808</v>
+        <v>826</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="E340" s="2">
-        <v>112.89</v>
+        <v>1364.55</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>214</v>
+        <v>815</v>
       </c>
       <c r="E341" s="2">
-        <v>10.79</v>
+        <v>1607.55</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>51</v>
+        <v>832</v>
       </c>
       <c r="E342" s="2">
-        <v>1711.49</v>
+        <v>3147</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>214</v>
+        <v>834</v>
       </c>
       <c r="E343" s="2">
-        <v>18.61</v>
+        <v>4198.98</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E344" s="2">
-        <v>6.19</v>
+        <v>1145.69</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>51</v>
+        <v>839</v>
       </c>
       <c r="E345" s="2">
-        <v>3074.32</v>
+        <v>28.09</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>51</v>
+        <v>842</v>
       </c>
       <c r="E346" s="2">
-        <v>2500.44</v>
+        <v>75.71</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>51</v>
+        <v>845</v>
       </c>
       <c r="E347" s="2">
-        <v>766.46</v>
+        <v>10247.97</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E348" s="2">
-        <v>42.69</v>
+        <v>3543.56</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>51</v>
+        <v>850</v>
       </c>
       <c r="E349" s="2">
-        <v>112.76</v>
+        <v>225.1</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="E350" s="2">
-        <v>4728.65</v>
+        <v>0.49</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>844</v>
+        <v>855</v>
       </c>
       <c r="E351" s="2">
-        <v>287.91</v>
+        <v>0.45</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="E352" s="2">
-        <v>654.73</v>
+        <v>208.63</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>850</v>
+        <v>44</v>
       </c>
       <c r="E353" s="2">
-        <v>92.86</v>
+        <v>42.69</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="E354" s="2">
-        <v>208.13</v>
+        <v>1425.88</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="E355" s="2">
-        <v>149.57</v>
+        <v>1054.42</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="E356" s="2">
-        <v>7369.15</v>
+        <v>0.63</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="E357" s="2">
-        <v>857.44</v>
+        <v>1602.78</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="E358" s="2">
-        <v>660.94</v>
+        <v>5089.67</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="E359" s="2">
-        <v>6.94</v>
+        <v>541.83</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="E360" s="2">
-        <v>128.79</v>
+        <v>383.43</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="E361" s="2">
-        <v>786.64</v>
+        <v>145.9</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="E362" s="2">
-        <v>1139.43</v>
+        <v>1542.91</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="E363" s="2">
-        <v>12.67</v>
+        <v>2774.8</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="E364" s="2">
-        <v>183.12</v>
+        <v>491.2</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="E365" s="2">
-        <v>103.41</v>
+        <v>964.75</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="E366" s="2">
-        <v>1364.55</v>
+        <v>7610.09</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>877</v>
+        <v>900</v>
       </c>
       <c r="E367" s="2">
-        <v>1607.55</v>
+        <v>2858.47</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="E368" s="2">
-        <v>3147</v>
+        <v>1019.42</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="E369" s="2">
-        <v>4198.98</v>
+        <v>1796.07</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>51</v>
+        <v>909</v>
       </c>
       <c r="E370" s="2">
-        <v>1145.69</v>
+        <v>0.94</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="E371" s="2">
-        <v>28.09</v>
+        <v>96.92</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>904</v>
+        <v>915</v>
       </c>
       <c r="E372" s="2">
-        <v>3500.71</v>
+        <v>1184.98</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>905</v>
+        <v>916</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>906</v>
+        <v>917</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>907</v>
+        <v>918</v>
       </c>
       <c r="E373" s="2">
-        <v>75.71</v>
+        <v>0.09</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>908</v>
+        <v>919</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="E374" s="2">
-        <v>10247.97</v>
+        <v>2.62</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>911</v>
+        <v>922</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>912</v>
+        <v>923</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>51</v>
+        <v>924</v>
       </c>
       <c r="E375" s="2">
-        <v>3543.56</v>
+        <v>760.28</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>913</v>
+        <v>925</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="E376" s="2">
-        <v>225.1</v>
+        <v>1073.95</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="E377" s="2">
-        <v>0.49</v>
+        <v>117.9</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>920</v>
+        <v>932</v>
       </c>
       <c r="E378" s="2">
-        <v>0.45</v>
+        <v>0.88</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>921</v>
+        <v>933</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>922</v>
+        <v>934</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>923</v>
+        <v>935</v>
       </c>
       <c r="E379" s="2">
-        <v>208.63</v>
+        <v>157.21</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>924</v>
+        <v>936</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>926</v>
+        <v>938</v>
       </c>
       <c r="E380" s="2">
-        <v>1408.69</v>
+        <v>40.34</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>927</v>
+        <v>939</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="E381" s="2">
-        <v>7.91</v>
+        <v>7.92</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>51</v>
+        <v>942</v>
       </c>
       <c r="E382" s="2">
-        <v>42.69</v>
+        <v>96.65</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>933</v>
+        <v>860</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="E383" s="2">
-        <v>47.47</v>
+        <v>261.62</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>936</v>
+        <v>860</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="E384" s="2">
-        <v>2882.88</v>
+        <v>244.08</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>939</v>
+        <v>860</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="E385" s="2">
-        <v>318.1</v>
+        <v>233.58</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="E386" s="2">
-        <v>1054.42</v>
+        <v>296.04</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="E387" s="2">
-        <v>0.63</v>
+        <v>899.79</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="E388" s="2">
-        <v>1602.78</v>
+        <v>1040.84</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="E389" s="2">
-        <v>5089.67</v>
+        <v>67.09</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="E390" s="2">
-        <v>541.83</v>
+        <v>232.93</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>956</v>
+        <v>185</v>
       </c>
       <c r="E391" s="2">
-        <v>383.43</v>
+        <v>3.56</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>959</v>
+        <v>185</v>
       </c>
       <c r="E392" s="2">
-        <v>145.9</v>
+        <v>1.5</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>962</v>
+        <v>185</v>
       </c>
       <c r="E393" s="2">
-        <v>1542.91</v>
+        <v>20.87</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>965</v>
+        <v>185</v>
       </c>
       <c r="E394" s="2">
-        <v>2774.8</v>
+        <v>8.27</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>968</v>
+        <v>185</v>
       </c>
       <c r="E395" s="2">
-        <v>491.2</v>
+        <v>195.99</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>969</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>971</v>
+        <v>185</v>
       </c>
       <c r="E396" s="2">
-        <v>964.75</v>
+        <v>86.53</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>974</v>
+        <v>185</v>
       </c>
       <c r="E397" s="2">
-        <v>7610.09</v>
+        <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>977</v>
+        <v>185</v>
       </c>
       <c r="E398" s="2">
-        <v>2858.47</v>
+        <v>13.52</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>980</v>
+        <v>185</v>
       </c>
       <c r="E399" s="2">
-        <v>1019.42</v>
+        <v>7.47</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>983</v>
+        <v>185</v>
       </c>
       <c r="E400" s="2">
-        <v>3.39</v>
+        <v>84.24</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>985</v>
+        <v>967</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>986</v>
+        <v>185</v>
       </c>
       <c r="E401" s="2">
-        <v>1796.07</v>
+        <v>2.35</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>989</v>
+        <v>185</v>
       </c>
       <c r="E402" s="2">
-        <v>0.94</v>
+        <v>4.35</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>990</v>
+        <v>978</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>992</v>
+        <v>185</v>
       </c>
       <c r="E403" s="2">
-        <v>96.92</v>
+        <v>1.73</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>993</v>
+        <v>979</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>994</v>
+        <v>967</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>995</v>
+        <v>185</v>
       </c>
       <c r="E404" s="2">
-        <v>1184.98</v>
+        <v>3.71</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>996</v>
+        <v>980</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>998</v>
+        <v>44</v>
       </c>
       <c r="E405" s="2">
-        <v>661.26</v>
+        <v>112.76</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1001</v>
+        <v>44</v>
       </c>
       <c r="E406" s="2">
-        <v>1.75</v>
+        <v>2309.1</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1004</v>
+        <v>44</v>
       </c>
       <c r="E407" s="2">
-        <v>15.96</v>
+        <v>3786.04</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1005</v>
+        <v>986</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>1006</v>
+        <v>44</v>
       </c>
       <c r="E408" s="2">
-        <v>2310.98</v>
+        <v>1388.05</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1007</v>
+        <v>988</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1004</v>
+        <v>44</v>
       </c>
       <c r="E409" s="2">
-        <v>7.99</v>
+        <v>129.87</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1008</v>
+        <v>990</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>1009</v>
+        <v>991</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>1004</v>
+        <v>44</v>
       </c>
       <c r="E410" s="2">
-        <v>0.72</v>
+        <v>2985.63</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1010</v>
+        <v>992</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1012</v>
+        <v>44</v>
       </c>
       <c r="E411" s="2">
-        <v>1.7</v>
+        <v>194.83</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1013</v>
+        <v>994</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>1011</v>
+        <v>218</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1014</v>
+        <v>44</v>
       </c>
       <c r="E412" s="2">
-        <v>0.09</v>
+        <v>226.51</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1015</v>
+        <v>995</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>1011</v>
+        <v>996</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1016</v>
+        <v>44</v>
       </c>
       <c r="E413" s="2">
-        <v>3.12</v>
+        <v>112.76</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1017</v>
+        <v>997</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>1011</v>
+        <v>998</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1018</v>
+        <v>44</v>
       </c>
       <c r="E414" s="2">
-        <v>2.95</v>
+        <v>2309.1</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1019</v>
+        <v>999</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>1020</v>
+        <v>1000</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1021</v>
+        <v>1001</v>
       </c>
       <c r="E415" s="2">
-        <v>2.62</v>
+        <v>18.5</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1022</v>
+        <v>1002</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>1023</v>
+        <v>1003</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1024</v>
+        <v>1004</v>
       </c>
       <c r="E416" s="2">
-        <v>760.28</v>
+        <v>26.88</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1025</v>
+        <v>1005</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1026</v>
+        <v>1006</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1021</v>
+        <v>1007</v>
       </c>
       <c r="E417" s="2">
-        <v>1073.95</v>
+        <v>9.01</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1027</v>
+        <v>1008</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1028</v>
+        <v>860</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>1029</v>
+        <v>1009</v>
       </c>
       <c r="E418" s="2">
-        <v>117.9</v>
+        <v>316.44</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="E419" s="2">
-        <v>0.88</v>
+        <v>59.87</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1034</v>
+        <v>1014</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1035</v>
+        <v>1015</v>
       </c>
       <c r="E420" s="2">
-        <v>157.21</v>
+        <v>358.71</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1037</v>
+        <v>1017</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1038</v>
+        <v>1018</v>
       </c>
       <c r="E421" s="2">
-        <v>40.34</v>
+        <v>269.94</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1039</v>
+        <v>1019</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1040</v>
+        <v>1015</v>
       </c>
       <c r="E422" s="2">
-        <v>7.92</v>
+        <v>358.71</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1037</v>
+        <v>1021</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1042</v>
+        <v>1022</v>
       </c>
       <c r="E423" s="2">
-        <v>96.65</v>
+        <v>40.82</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1043</v>
+        <v>1023</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>1044</v>
+        <v>1024</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1045</v>
+        <v>1025</v>
       </c>
       <c r="E424" s="2">
-        <v>8.78</v>
+        <v>655.47</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1046</v>
+        <v>1026</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1047</v>
+        <v>942</v>
       </c>
       <c r="E425" s="2">
-        <v>261.62</v>
+        <v>97.03</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1048</v>
+        <v>1027</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>931</v>
+        <v>1028</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1049</v>
+        <v>1029</v>
       </c>
       <c r="E426" s="2">
-        <v>244.08</v>
+        <v>901.37</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1050</v>
+        <v>1030</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>931</v>
+        <v>1031</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1051</v>
+        <v>1032</v>
       </c>
       <c r="E427" s="2">
-        <v>233.58</v>
+        <v>200.61</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1052</v>
+        <v>1033</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1053</v>
+        <v>1034</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1054</v>
+        <v>1035</v>
       </c>
       <c r="E428" s="2">
-        <v>296.04</v>
+        <v>3065.66</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1056</v>
+        <v>1038</v>
       </c>
       <c r="E429" s="2">
-        <v>899.79</v>
+        <v>2471.75</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1057</v>
+        <v>1039</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1053</v>
+        <v>1040</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1058</v>
+        <v>1041</v>
       </c>
       <c r="E430" s="2">
-        <v>1040.84</v>
+        <v>26.73</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1059</v>
+        <v>1042</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1060</v>
+        <v>1040</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1061</v>
+        <v>1043</v>
       </c>
       <c r="E431" s="2">
-        <v>67.09</v>
+        <v>1010.7</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1060</v>
+        <v>1045</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1063</v>
+        <v>1046</v>
       </c>
       <c r="E432" s="2">
-        <v>232.93</v>
+        <v>340.8</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1064</v>
+        <v>1047</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1065</v>
+        <v>1045</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>214</v>
+        <v>1048</v>
       </c>
       <c r="E433" s="2">
-        <v>3.56</v>
+        <v>399.68</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1066</v>
+        <v>1049</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1067</v>
+        <v>1050</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>214</v>
+        <v>1051</v>
       </c>
       <c r="E434" s="2">
-        <v>1.5</v>
+        <v>2.53</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1068</v>
+        <v>1052</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1067</v>
+        <v>1053</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>214</v>
+        <v>1054</v>
       </c>
       <c r="E435" s="2">
-        <v>20.87</v>
+        <v>573.22</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1069</v>
+        <v>1055</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1070</v>
+        <v>1056</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>214</v>
+        <v>1057</v>
       </c>
       <c r="E436" s="2">
-        <v>8.27</v>
+        <v>443.6</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1071</v>
+        <v>1058</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1065</v>
+        <v>1059</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>214</v>
+        <v>1060</v>
       </c>
       <c r="E437" s="2">
-        <v>195.99</v>
+        <v>102.2</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>214</v>
+        <v>1063</v>
       </c>
       <c r="E438" s="2">
-        <v>86.53</v>
+        <v>757.29</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1073</v>
+        <v>1064</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>214</v>
+        <v>1065</v>
       </c>
       <c r="E439" s="2">
-        <v>11</v>
+        <v>10902.47</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>214</v>
+        <v>1068</v>
       </c>
       <c r="E440" s="2">
-        <v>13.52</v>
+        <v>556.53</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>214</v>
+        <v>858</v>
       </c>
       <c r="E441" s="2">
-        <v>7.47</v>
+        <v>0.14</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>214</v>
+        <v>1073</v>
       </c>
       <c r="E442" s="2">
-        <v>84.24</v>
+        <v>272.46</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>214</v>
+        <v>1075</v>
       </c>
       <c r="E443" s="2">
-        <v>2.35</v>
+        <v>272.36</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>214</v>
+        <v>1078</v>
       </c>
       <c r="E444" s="2">
-        <v>4.35</v>
+        <v>12436.61</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C445" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D445" s="0" t="s">
         <v>1081</v>
       </c>
-      <c r="B445" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E445" s="2">
-        <v>1.73</v>
+        <v>210.21</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>214</v>
+        <v>1084</v>
       </c>
       <c r="E446" s="2">
-        <v>3.71</v>
+        <v>1833.22</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1084</v>
+        <v>1045</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>51</v>
+        <v>1086</v>
       </c>
       <c r="E447" s="2">
-        <v>112.76</v>
+        <v>81.61</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>51</v>
+        <v>1089</v>
       </c>
       <c r="E448" s="2">
-        <v>2309.1</v>
+        <v>12000.77</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>51</v>
+        <v>1092</v>
       </c>
       <c r="E449" s="2">
-        <v>3786.04</v>
+        <v>272.05</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>51</v>
+        <v>1095</v>
       </c>
       <c r="E450" s="2">
-        <v>1388.05</v>
+        <v>1542.01</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1092</v>
+        <v>950</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>51</v>
+        <v>1097</v>
       </c>
       <c r="E451" s="2">
-        <v>129.87</v>
+        <v>275.25</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>51</v>
+        <v>1100</v>
       </c>
       <c r="E452" s="2">
-        <v>2985.63</v>
+        <v>56.4</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>51</v>
+        <v>1100</v>
       </c>
       <c r="E453" s="2">
-        <v>194.83</v>
+        <v>378.32</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>249</v>
+        <v>1099</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>51</v>
+        <v>1100</v>
       </c>
       <c r="E454" s="2">
-        <v>226.51</v>
+        <v>84.36</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="B455" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>51</v>
+        <v>1100</v>
       </c>
       <c r="E455" s="2">
-        <v>112.76</v>
+        <v>308.09</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C456" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D456" s="0" t="s">
         <v>1100</v>
       </c>
-      <c r="B456" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E456" s="2">
-        <v>2309.1</v>
+        <v>98.15</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="E457" s="2">
-        <v>18.5</v>
+        <v>1135.85</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1106</v>
+        <v>1091</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E458" s="2">
-        <v>26.88</v>
+        <v>66.07</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1109</v>
+        <v>1091</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D459" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="E459" s="2">
-        <v>9.01</v>
+        <v>11.24</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>931</v>
+        <v>1091</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D460" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="E460" s="2">
-        <v>316.44</v>
+        <v>19.42</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
         <v>1113</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>1114</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D461" s="0" t="s">
         <v>1115</v>
       </c>
       <c r="E461" s="2">
-        <v>59.87</v>
+        <v>3285.88</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
         <v>1116</v>
       </c>
       <c r="B462" s="0" t="s">
         <v>1117</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D462" s="0" t="s">
         <v>1118</v>
       </c>
       <c r="E462" s="2">
-        <v>358.71</v>
+        <v>38.38</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
         <v>1119</v>
       </c>
       <c r="B463" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1121</v>
+        <v>185</v>
       </c>
       <c r="E463" s="2">
-        <v>269.94</v>
+        <v>933.69</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1117</v>
+        <v>323</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1118</v>
+        <v>185</v>
       </c>
       <c r="E464" s="2">
-        <v>358.71</v>
+        <v>32.62</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1124</v>
+        <v>323</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1125</v>
+        <v>185</v>
       </c>
       <c r="E465" s="2">
-        <v>1388.09</v>
+        <v>10</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1127</v>
+        <v>323</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1128</v>
+        <v>185</v>
       </c>
       <c r="E466" s="2">
-        <v>40.82</v>
+        <v>17.84</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1131</v>
+        <v>185</v>
       </c>
       <c r="E467" s="2">
-        <v>655.47</v>
+        <v>121.27</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1037</v>
+        <v>1127</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1042</v>
+        <v>1128</v>
       </c>
       <c r="E468" s="2">
-        <v>97.03</v>
+        <v>427.46</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="E469" s="2">
-        <v>901.37</v>
+        <v>1056.42</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="E470" s="2">
-        <v>200.61</v>
+        <v>1645.03</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1141</v>
+        <v>44</v>
       </c>
       <c r="E471" s="2">
-        <v>3065.66</v>
+        <v>1990.13</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1142</v>
+        <v>1137</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1143</v>
+        <v>1133</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="E472" s="2">
-        <v>2471.75</v>
+        <v>414.53</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1146</v>
+        <v>1140</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="E473" s="2">
-        <v>1106.06</v>
+        <v>84.04</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1148</v>
+        <v>1142</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1149</v>
+        <v>1143</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1150</v>
+        <v>1144</v>
       </c>
       <c r="E474" s="2">
-        <v>26.73</v>
+        <v>3039.39</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>933</v>
+        <v>1146</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
       <c r="E475" s="2">
-        <v>31.25</v>
+        <v>669.16</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1153</v>
+        <v>1148</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
       <c r="E476" s="2">
-        <v>11.91</v>
+        <v>194.74</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="E477" s="2">
-        <v>1010.7</v>
+        <v>1282.99</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="E478" s="2">
-        <v>1.49</v>
+        <v>135.07</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="E479" s="2">
-        <v>340.8</v>
+        <v>460.67</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="E480" s="2">
-        <v>399.68</v>
+        <v>185.14</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="E481" s="2">
-        <v>2.53</v>
+        <v>1501.57</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="E482" s="2">
-        <v>573.22</v>
+        <v>103.54</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="E483" s="2">
-        <v>443.6</v>
+        <v>276.54</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="E484" s="2">
-        <v>1.68</v>
+        <v>1555.34</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1179</v>
+        <v>44</v>
       </c>
       <c r="E485" s="2">
-        <v>102.2</v>
+        <v>298.15</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1182</v>
+        <v>44</v>
       </c>
       <c r="E486" s="2">
-        <v>757.29</v>
+        <v>23.52</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="E487" s="2">
-        <v>10902.47</v>
+        <v>201.21</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="E488" s="2">
-        <v>0.84</v>
+        <v>102.66</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="E489" s="2">
-        <v>556.53</v>
+        <v>7.9</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>933</v>
+        <v>1185</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>923</v>
+        <v>1188</v>
       </c>
       <c r="E490" s="2">
-        <v>3.24</v>
+        <v>2.36</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>933</v>
+        <v>1190</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>923</v>
+        <v>44</v>
       </c>
       <c r="E491" s="2">
-        <v>3.24</v>
+        <v>306.28</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C492" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D492" s="0" t="s">
         <v>1193</v>
       </c>
-      <c r="B492" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E492" s="2">
-        <v>684.74</v>
+        <v>15.09</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B493" s="0" t="s">
         <v>1195</v>
       </c>
-      <c r="B493" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C493" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>1196</v>
+        <v>1155</v>
       </c>
       <c r="E493" s="2">
-        <v>2.53</v>
+        <v>112.24</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>923</v>
+        <v>1155</v>
       </c>
       <c r="E494" s="2">
-        <v>0.14</v>
+        <v>259.6</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="E495" s="2">
-        <v>272.46</v>
+        <v>1662.05</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B496" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C496" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D496" s="0" t="s">
         <v>1200</v>
       </c>
-      <c r="C496" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E496" s="2">
-        <v>272.36</v>
+        <v>5133.87</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="E497" s="2">
-        <v>12436.61</v>
+        <v>3.8</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>1159</v>
+        <v>1205</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="E498" s="2">
-        <v>1.51</v>
+        <v>11.33</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="E499" s="2">
-        <v>93.92</v>
+        <v>0.31</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1159</v>
+        <v>1202</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="E500" s="2">
-        <v>0.31</v>
+        <v>1.89</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>1159</v>
+        <v>1202</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="E501" s="2">
-        <v>5.93</v>
+        <v>1.62</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>1159</v>
+        <v>1202</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="E502" s="2">
-        <v>2.98</v>
+        <v>9.16</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="E503" s="2">
-        <v>210.21</v>
+        <v>0.74</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>1159</v>
+        <v>1218</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="E504" s="2">
-        <v>7.42</v>
+        <v>1285.67</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>1224</v>
+        <v>44</v>
       </c>
       <c r="E505" s="2">
-        <v>5.28</v>
+        <v>1846.48</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="E506" s="2">
-        <v>1833.22</v>
+        <v>12410.26</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>1162</v>
+        <v>1226</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="E507" s="2">
-        <v>81.61</v>
+        <v>2659.77</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C508" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D508" s="0" t="s">
         <v>1230</v>
       </c>
-      <c r="B508" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E508" s="2">
-        <v>12000.77</v>
+        <v>12.59</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C509" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D509" s="0" t="s">
         <v>1233</v>
       </c>
-      <c r="B509" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E509" s="2">
-        <v>272.05</v>
+        <v>89.36</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C510" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D510" s="0" t="s">
         <v>1236</v>
       </c>
-      <c r="B510" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E510" s="2">
-        <v>642.38</v>
+        <v>126.8</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D511" s="0" t="s">
         <v>1238</v>
       </c>
-      <c r="B511" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E511" s="2">
-        <v>1247.52</v>
+        <v>572.82</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B512" s="0" t="s">
         <v>1240</v>
       </c>
-      <c r="B512" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C512" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D512" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="E512" s="2">
-        <v>646.2</v>
+        <v>21.62</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>214</v>
+        <v>1244</v>
       </c>
       <c r="E513" s="2">
-        <v>385.81</v>
+        <v>195.68</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="E514" s="2">
-        <v>246.4</v>
+        <v>14.83</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>1237</v>
+        <v>1248</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="E515" s="2">
-        <v>1124.54</v>
+        <v>1128.68</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D516" s="0" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="E516" s="2">
-        <v>648.88</v>
+        <v>780.46</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="E517" s="2">
-        <v>1542.01</v>
+        <v>1711.86</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>1053</v>
+        <v>1257</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="E518" s="2">
-        <v>275.25</v>
+        <v>494.59</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="E519" s="2">
-        <v>0.69</v>
+        <v>426.5</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="E520" s="2">
-        <v>56.4</v>
+        <v>817.37</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D521" s="0" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="E521" s="2">
-        <v>378.32</v>
+        <v>107.64</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1255</v>
+        <v>1268</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="E522" s="2">
-        <v>84.36</v>
+        <v>1052.25</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>1255</v>
+        <v>1268</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
       <c r="E523" s="2">
-        <v>308.09</v>
+        <v>777.44</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>1255</v>
+        <v>1273</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>1256</v>
+        <v>44</v>
       </c>
       <c r="E524" s="2">
-        <v>98.15</v>
+        <v>1711.49</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>1261</v>
+        <v>1274</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>1262</v>
+        <v>1275</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>1263</v>
+        <v>1276</v>
       </c>
       <c r="E525" s="2">
-        <v>6077.85</v>
+        <v>1008.1</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>1234</v>
+        <v>1278</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="E526" s="2">
-        <v>1135.85</v>
+        <v>168.55</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>1234</v>
+        <v>1278</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="E527" s="2">
-        <v>66.07</v>
+        <v>86.77</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>1234</v>
+        <v>1278</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="E528" s="2">
-        <v>11.24</v>
+        <v>1760.65</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>1234</v>
+        <v>1278</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="E529" s="2">
-        <v>19.42</v>
+        <v>259.38</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D530" s="0" t="s">
-        <v>1274</v>
+        <v>1287</v>
       </c>
       <c r="E530" s="2">
-        <v>3285.88</v>
+        <v>50.39</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>1275</v>
+        <v>1288</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>1276</v>
+        <v>1289</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D531" s="0" t="s">
-        <v>1277</v>
+        <v>1290</v>
       </c>
       <c r="E531" s="2">
-        <v>175.54</v>
+        <v>175.66</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>1277</v>
+        <v>1292</v>
       </c>
       <c r="E532" s="2">
-        <v>38.38</v>
+        <v>679.24</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E533" s="2">
-        <v>933.69</v>
+        <v>3074.32</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>360</v>
+        <v>1296</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>214</v>
+        <v>1297</v>
       </c>
       <c r="E534" s="2">
-        <v>32.62</v>
+        <v>1113.85</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1283</v>
+        <v>1298</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>360</v>
+        <v>1299</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="E535" s="2">
-        <v>10</v>
+        <v>2144.99</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1284</v>
+        <v>1300</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>360</v>
+        <v>1301</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>214</v>
+        <v>1161</v>
       </c>
       <c r="E536" s="2">
-        <v>17.84</v>
+        <v>5.31</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>214</v>
+        <v>1304</v>
       </c>
       <c r="E537" s="2">
-        <v>121.27</v>
+        <v>34.51</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1287</v>
+        <v>1305</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1288</v>
+        <v>1306</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>1289</v>
+        <v>636</v>
       </c>
       <c r="E538" s="2">
-        <v>427.46</v>
+        <v>733.77</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1291</v>
+        <v>1166</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>1292</v>
+        <v>598</v>
       </c>
       <c r="E539" s="2">
-        <v>1056.42</v>
+        <v>12.43</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>1293</v>
+        <v>1308</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>1294</v>
+        <v>1166</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>1295</v>
+        <v>598</v>
       </c>
       <c r="E540" s="2">
-        <v>376.21</v>
+        <v>12.43</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1297</v>
+        <v>1166</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>1298</v>
+        <v>598</v>
       </c>
       <c r="E541" s="2">
-        <v>1645.03</v>
+        <v>12.43</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1299</v>
+        <v>1310</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1300</v>
+        <v>1166</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D542" s="0" t="s">
-        <v>51</v>
+        <v>598</v>
       </c>
       <c r="E542" s="2">
-        <v>1990.13</v>
+        <v>12.43</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1297</v>
+        <v>1166</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>1302</v>
+        <v>598</v>
       </c>
       <c r="E543" s="2">
-        <v>414.53</v>
+        <v>12.43</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1303</v>
+        <v>1312</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1304</v>
+        <v>1166</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>1305</v>
+        <v>598</v>
       </c>
       <c r="E544" s="2">
-        <v>49.24</v>
+        <v>12.43</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1304</v>
+        <v>1166</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>1307</v>
+        <v>598</v>
       </c>
       <c r="E545" s="2">
-        <v>0.8</v>
+        <v>12.43</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1309</v>
+        <v>1166</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>1310</v>
+        <v>598</v>
       </c>
       <c r="E546" s="2">
-        <v>84.04</v>
+        <v>12.43</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>1313</v>
+        <v>44</v>
       </c>
       <c r="E547" s="2">
-        <v>5409.47</v>
+        <v>2256.52</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1315</v>
+        <v>1166</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>1316</v>
+        <v>598</v>
       </c>
       <c r="E548" s="2">
-        <v>669.16</v>
+        <v>12.43</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1315</v>
+        <v>1166</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>1318</v>
+        <v>1167</v>
       </c>
       <c r="E549" s="2">
-        <v>194.74</v>
+        <v>24.81</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
         <v>1319</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1320</v>
+        <v>1166</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D550" s="0" t="s">
-        <v>1321</v>
+        <v>1167</v>
       </c>
       <c r="E550" s="2">
-        <v>1282.99</v>
+        <v>24.81</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1323</v>
+        <v>1166</v>
       </c>
       <c r="C551" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D551" s="0" t="s">
-        <v>1324</v>
+        <v>1167</v>
       </c>
       <c r="E551" s="2">
-        <v>135.07</v>
+        <v>24.81</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="C552" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>1327</v>
+        <v>44</v>
       </c>
       <c r="E552" s="2">
-        <v>460.67</v>
+        <v>15901.04</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="C553" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>1330</v>
+        <v>44</v>
       </c>
       <c r="E553" s="2">
-        <v>185.14</v>
+        <v>6657.51</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>1331</v>
+        <v>1325</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>1332</v>
+        <v>1326</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>1333</v>
+        <v>44</v>
       </c>
       <c r="E554" s="2">
-        <v>1501.57</v>
+        <v>750.06</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>1335</v>
+        <v>184</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D555" s="0" t="s">
-        <v>1336</v>
+        <v>185</v>
       </c>
       <c r="E555" s="2">
-        <v>103.54</v>
+        <v>4.14</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>1337</v>
+        <v>1328</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>1338</v>
+        <v>184</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>1339</v>
+        <v>185</v>
       </c>
       <c r="E556" s="2">
-        <v>276.54</v>
+        <v>4.14</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1340</v>
+        <v>1329</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1341</v>
+        <v>184</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>1342</v>
+        <v>185</v>
       </c>
       <c r="E557" s="2">
-        <v>1555.34</v>
+        <v>4.14</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E558" s="2">
-        <v>298.15</v>
+        <v>11688.89</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>1345</v>
+        <v>1332</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D559" s="0" t="s">
-        <v>51</v>
+        <v>1334</v>
       </c>
       <c r="E559" s="2">
-        <v>23.52</v>
+        <v>23.64</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>1347</v>
+        <v>1335</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>1348</v>
+        <v>1336</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>1349</v>
+        <v>44</v>
       </c>
       <c r="E560" s="2">
-        <v>201.21</v>
+        <v>88.86</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>1351</v>
+        <v>1338</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>1352</v>
+        <v>44</v>
       </c>
       <c r="E561" s="2">
-        <v>102.66</v>
+        <v>1408.73</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>1353</v>
+        <v>1339</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>1354</v>
+        <v>1340</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D562" s="0" t="s">
-        <v>1355</v>
+        <v>44</v>
       </c>
       <c r="E562" s="2">
-        <v>7.9</v>
+        <v>3270.19</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>1356</v>
+        <v>1341</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1354</v>
+        <v>1342</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>1357</v>
+        <v>44</v>
       </c>
       <c r="E563" s="2">
-        <v>2.36</v>
+        <v>7069.25</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>1359</v>
+        <v>1344</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E564" s="2">
-        <v>306.28</v>
+        <v>12437.92</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1360</v>
+        <v>1345</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>1361</v>
+        <v>1299</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>1362</v>
+        <v>44</v>
       </c>
       <c r="E565" s="2">
-        <v>15.09</v>
+        <v>2171.31</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>1363</v>
+        <v>1346</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>1364</v>
+        <v>1347</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>1324</v>
+        <v>44</v>
       </c>
       <c r="E566" s="2">
-        <v>112.24</v>
+        <v>2627.46</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>1365</v>
+        <v>1348</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>1364</v>
+        <v>1349</v>
       </c>
       <c r="C567" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>1324</v>
+        <v>44</v>
       </c>
       <c r="E567" s="2">
-        <v>259.6</v>
+        <v>342.94</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1366</v>
+        <v>1350</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1364</v>
+        <v>1351</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D568" s="0" t="s">
-        <v>1367</v>
+        <v>44</v>
       </c>
       <c r="E568" s="2">
-        <v>1662.05</v>
+        <v>11719.1</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1368</v>
+        <v>1352</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1312</v>
+        <v>1353</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>1369</v>
+        <v>44</v>
       </c>
       <c r="E569" s="2">
-        <v>5133.87</v>
+        <v>1973.3</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>1370</v>
+        <v>1354</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>1371</v>
+        <v>1355</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>1372</v>
+        <v>44</v>
       </c>
       <c r="E570" s="2">
-        <v>3.8</v>
+        <v>1223.6</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>1373</v>
+        <v>1356</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>1374</v>
+        <v>1357</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>1375</v>
+        <v>44</v>
       </c>
       <c r="E571" s="2">
-        <v>11.33</v>
+        <v>2559.06</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1376</v>
+        <v>1358</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1371</v>
+        <v>1359</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>1377</v>
+        <v>1360</v>
       </c>
       <c r="E572" s="2">
-        <v>0.31</v>
+        <v>5.58</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>1378</v>
+        <v>1361</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1371</v>
+        <v>1273</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>1379</v>
+        <v>1362</v>
       </c>
       <c r="E573" s="2">
-        <v>1.89</v>
+        <v>193.19</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>1380</v>
+        <v>1363</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>1371</v>
+        <v>1364</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>1381</v>
+        <v>1365</v>
       </c>
       <c r="E574" s="2">
-        <v>1.62</v>
+        <v>52.15</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>1382</v>
+        <v>1366</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>1383</v>
+        <v>1368</v>
       </c>
       <c r="E575" s="2">
-        <v>9.16</v>
+        <v>2561.17</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>1384</v>
+        <v>1369</v>
       </c>
       <c r="B576" s="0" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C576" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D576" s="0" t="s">
         <v>1371</v>
       </c>
-      <c r="C576" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E576" s="2">
-        <v>0.74</v>
+        <v>32.32</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1386</v>
+        <v>1372</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1387</v>
+        <v>1373</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>1388</v>
+        <v>1374</v>
       </c>
       <c r="E577" s="2">
-        <v>1285.67</v>
+        <v>193.19</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1389</v>
+        <v>1375</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1390</v>
+        <v>1376</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>51</v>
+        <v>1377</v>
       </c>
       <c r="E578" s="2">
-        <v>1846.48</v>
+        <v>1110.16</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1391</v>
+        <v>1378</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1392</v>
+        <v>1379</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>1393</v>
+        <v>1380</v>
       </c>
       <c r="E579" s="2">
-        <v>12410.26</v>
+        <v>0.21</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1394</v>
+        <v>1381</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1395</v>
+        <v>1382</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
       <c r="E580" s="2">
-        <v>2659.77</v>
+        <v>193.19</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1397</v>
+        <v>1384</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="E581" s="2">
-        <v>1187.81</v>
+        <v>2317.96</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1400</v>
+        <v>1387</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1401</v>
+        <v>1388</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D582" s="0" t="s">
-        <v>1402</v>
+        <v>1389</v>
       </c>
       <c r="E582" s="2">
-        <v>12.59</v>
+        <v>936.68</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1403</v>
+        <v>1390</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1404</v>
+        <v>1391</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>1405</v>
+        <v>1389</v>
       </c>
       <c r="E583" s="2">
-        <v>89.36</v>
+        <v>383.38</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>1407</v>
+        <v>1393</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>1408</v>
+        <v>1394</v>
       </c>
       <c r="E584" s="2">
-        <v>235.29</v>
+        <v>118.39</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1409</v>
+        <v>1395</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1407</v>
+        <v>1396</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>1410</v>
+        <v>1180</v>
       </c>
       <c r="E585" s="2">
-        <v>81.97</v>
+        <v>21.35</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>1411</v>
+        <v>1397</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>1412</v>
+        <v>1398</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>1413</v>
+        <v>1399</v>
       </c>
       <c r="E586" s="2">
-        <v>126.8</v>
+        <v>112.15</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>1414</v>
+        <v>1400</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>1412</v>
+        <v>1401</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>1415</v>
+        <v>1402</v>
       </c>
       <c r="E587" s="2">
-        <v>572.82</v>
+        <v>204.92</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>1416</v>
+        <v>1403</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1417</v>
+        <v>1404</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D588" s="0" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="E588" s="2">
-        <v>21.62</v>
+        <v>0.17</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1419</v>
+        <v>1406</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1420</v>
+        <v>1407</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>1421</v>
+        <v>1227</v>
       </c>
       <c r="E589" s="2">
-        <v>195.68</v>
+        <v>44.51</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>1422</v>
+        <v>1408</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1420</v>
+        <v>1409</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>1423</v>
+        <v>1183</v>
       </c>
       <c r="E590" s="2">
-        <v>14.83</v>
+        <v>125.46</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1424</v>
+        <v>1410</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1425</v>
+        <v>1411</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>1426</v>
+        <v>1412</v>
       </c>
       <c r="E591" s="2">
-        <v>1128.68</v>
+        <v>186.85</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1427</v>
+        <v>1413</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1428</v>
+        <v>1414</v>
       </c>
       <c r="C592" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>1429</v>
+        <v>1415</v>
       </c>
       <c r="E592" s="2">
-        <v>780.46</v>
+        <v>1</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>1430</v>
+        <v>1416</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="C593" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>1432</v>
+        <v>1415</v>
       </c>
       <c r="E593" s="2">
-        <v>1711.86</v>
+        <v>634.65</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>1433</v>
+        <v>1418</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>1434</v>
+        <v>1419</v>
       </c>
       <c r="C594" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>1435</v>
+        <v>1420</v>
       </c>
       <c r="E594" s="2">
-        <v>2149.18</v>
+        <v>91.53</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>1436</v>
+        <v>1421</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1437</v>
+        <v>1422</v>
       </c>
       <c r="C595" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>1438</v>
+        <v>1423</v>
       </c>
       <c r="E595" s="2">
-        <v>494.59</v>
+        <v>146.03</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>1439</v>
+        <v>1424</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>1440</v>
+        <v>1425</v>
       </c>
       <c r="C596" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D596" s="0" t="s">
-        <v>1441</v>
+        <v>1426</v>
       </c>
       <c r="E596" s="2">
-        <v>426.5</v>
+        <v>346.81</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>1442</v>
+        <v>1427</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>1440</v>
+        <v>1428</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D597" s="0" t="s">
-        <v>1443</v>
+        <v>1429</v>
       </c>
       <c r="E597" s="2">
-        <v>817.37</v>
+        <v>568.3</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>1444</v>
+        <v>1430</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>1445</v>
+        <v>1431</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D598" s="0" t="s">
-        <v>1446</v>
+        <v>1432</v>
       </c>
       <c r="E598" s="2">
-        <v>107.64</v>
+        <v>1242.1</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>1447</v>
+        <v>1433</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>1448</v>
+        <v>1434</v>
       </c>
       <c r="C599" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D599" s="0" t="s">
-        <v>1449</v>
+        <v>1435</v>
       </c>
       <c r="E599" s="2">
-        <v>1052.25</v>
+        <v>348.71</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>1450</v>
+        <v>1436</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>1448</v>
+        <v>1437</v>
       </c>
       <c r="C600" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>1451</v>
+        <v>1438</v>
       </c>
       <c r="E600" s="2">
-        <v>777.44</v>
+        <v>408.66</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>1452</v>
+        <v>1439</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>51</v>
+        <v>1441</v>
       </c>
       <c r="E601" s="2">
-        <v>1711.49</v>
+        <v>283.03</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>1454</v>
+        <v>1442</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>1455</v>
+        <v>1440</v>
       </c>
       <c r="C602" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D602" s="0" t="s">
-        <v>1456</v>
+        <v>1443</v>
       </c>
       <c r="E602" s="2">
-        <v>33.37</v>
+        <v>143.45</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>1457</v>
+        <v>1444</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>1458</v>
+        <v>1445</v>
       </c>
       <c r="C603" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>1459</v>
+        <v>1446</v>
       </c>
       <c r="E603" s="2">
-        <v>1008.1</v>
+        <v>635.58</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>1460</v>
+        <v>1447</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1461</v>
+        <v>1448</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D604" s="0" t="s">
-        <v>1462</v>
+        <v>1449</v>
       </c>
       <c r="E604" s="2">
-        <v>168.55</v>
+        <v>3263.53</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>1463</v>
+        <v>1450</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>1464</v>
+        <v>1452</v>
       </c>
       <c r="E605" s="2">
-        <v>86.77</v>
+        <v>1346.72</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>1465</v>
+        <v>1453</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>1466</v>
+        <v>1454</v>
       </c>
       <c r="E606" s="2">
-        <v>1760.65</v>
+        <v>613.13</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>1467</v>
+        <v>1455</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="C607" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D607" s="0" t="s">
-        <v>1468</v>
+        <v>1456</v>
       </c>
       <c r="E607" s="2">
-        <v>259.38</v>
+        <v>300.77</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>1469</v>
+        <v>1457</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D608" s="0" t="s">
-        <v>1470</v>
+        <v>1459</v>
       </c>
       <c r="E608" s="2">
-        <v>50.39</v>
+        <v>409.83</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>1471</v>
+        <v>1460</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>1472</v>
+        <v>1461</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D609" s="0" t="s">
-        <v>1473</v>
+        <v>1462</v>
       </c>
       <c r="E609" s="2">
-        <v>175.66</v>
+        <v>34.75</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>1474</v>
+        <v>1463</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>1472</v>
+        <v>1464</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D610" s="0" t="s">
-        <v>1475</v>
+        <v>1465</v>
       </c>
       <c r="E610" s="2">
-        <v>679.24</v>
+        <v>67.06</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>1476</v>
+        <v>1466</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1477</v>
+        <v>1464</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D611" s="0" t="s">
-        <v>51</v>
+        <v>1465</v>
       </c>
       <c r="E611" s="2">
-        <v>3074.32</v>
+        <v>101.14</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1478</v>
+        <v>1467</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1479</v>
+        <v>1464</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D612" s="0" t="s">
-        <v>1480</v>
+        <v>1465</v>
       </c>
       <c r="E612" s="2">
-        <v>1113.85</v>
+        <v>101.14</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>1481</v>
+        <v>1468</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1482</v>
+        <v>1437</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>1483</v>
+        <v>1454</v>
       </c>
       <c r="E613" s="2">
-        <v>0.8</v>
+        <v>30.26</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1484</v>
+        <v>1469</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1485</v>
+        <v>1257</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D614" s="0" t="s">
-        <v>51</v>
+        <v>1470</v>
       </c>
       <c r="E614" s="2">
-        <v>2144.99</v>
+        <v>699.51</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1486</v>
+        <v>1471</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1487</v>
+        <v>1472</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D615" s="0" t="s">
-        <v>1330</v>
+        <v>1473</v>
       </c>
       <c r="E615" s="2">
-        <v>50.04</v>
+        <v>130.33</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1488</v>
+        <v>1474</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1489</v>
+        <v>1475</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>1490</v>
+        <v>1462</v>
       </c>
       <c r="E616" s="2">
-        <v>34.51</v>
+        <v>319.87</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1491</v>
+        <v>1476</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1492</v>
+        <v>1475</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>695</v>
+        <v>1477</v>
       </c>
       <c r="E617" s="2">
-        <v>733.77</v>
+        <v>1867.72</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1493</v>
+        <v>1478</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1335</v>
+        <v>1479</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>657</v>
+        <v>1480</v>
       </c>
       <c r="E618" s="2">
-        <v>12.43</v>
+        <v>34967.28</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1494</v>
+        <v>1481</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1335</v>
+        <v>1482</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D619" s="0" t="s">
-        <v>657</v>
+        <v>1465</v>
       </c>
       <c r="E619" s="2">
-        <v>12.43</v>
+        <v>185.95</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1495</v>
+        <v>1483</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1335</v>
+        <v>1464</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>657</v>
+        <v>1465</v>
       </c>
       <c r="E620" s="2">
-        <v>12.43</v>
+        <v>188.39</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1496</v>
+        <v>1484</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1335</v>
+        <v>1485</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>657</v>
+        <v>1486</v>
       </c>
       <c r="E621" s="2">
-        <v>12.43</v>
+        <v>3240.56</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1335</v>
+        <v>1485</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D622" s="0" t="s">
-        <v>657</v>
+        <v>1488</v>
       </c>
       <c r="E622" s="2">
-        <v>12.43</v>
+        <v>214.84</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1335</v>
+        <v>1490</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D623" s="0" t="s">
-        <v>657</v>
+        <v>1491</v>
       </c>
       <c r="E623" s="2">
-        <v>12.43</v>
+        <v>4288.29</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1499</v>
+        <v>1492</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1335</v>
+        <v>1493</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D624" s="0" t="s">
-        <v>657</v>
+        <v>1494</v>
       </c>
       <c r="E624" s="2">
-        <v>12.43</v>
+        <v>4.92</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1335</v>
+        <v>1496</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>657</v>
+        <v>34</v>
       </c>
       <c r="E625" s="2">
-        <v>12.43</v>
+        <v>0.68</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D626" s="0" t="s">
-        <v>51</v>
+        <v>1499</v>
       </c>
       <c r="E626" s="2">
-        <v>2256.52</v>
+        <v>193.42</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1335</v>
+        <v>1501</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>657</v>
+        <v>1502</v>
       </c>
       <c r="E627" s="2">
-        <v>12.43</v>
+        <v>1142.97</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B628" s="0" t="s">
         <v>1504</v>
       </c>
-      <c r="B628" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C628" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>1336</v>
+        <v>1505</v>
       </c>
       <c r="E628" s="2">
-        <v>24.81</v>
+        <v>95.77</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1335</v>
+        <v>1504</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>1336</v>
+        <v>1507</v>
       </c>
       <c r="E629" s="2">
-        <v>24.81</v>
+        <v>3397.32</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1335</v>
+        <v>1509</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>1336</v>
+        <v>34</v>
       </c>
       <c r="E630" s="2">
-        <v>24.81</v>
+        <v>1.79</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D631" s="0" t="s">
-        <v>51</v>
+        <v>1512</v>
       </c>
       <c r="E631" s="2">
-        <v>15901.04</v>
+        <v>0.62</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>51</v>
+        <v>1515</v>
       </c>
       <c r="E632" s="2">
-        <v>6657.51</v>
+        <v>472.72</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>51</v>
+        <v>1518</v>
       </c>
       <c r="E633" s="2">
-        <v>750.06</v>
+        <v>22.79</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>213</v>
+        <v>1520</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>214</v>
+        <v>1518</v>
       </c>
       <c r="E634" s="2">
-        <v>4.14</v>
+        <v>1553.39</v>
       </c>
       <c r="F634" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>213</v>
+        <v>1522</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D635" s="0" t="s">
-        <v>214</v>
+        <v>1523</v>
       </c>
       <c r="E635" s="2">
-        <v>4.14</v>
+        <v>2470.06</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>213</v>
+        <v>1525</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D636" s="0" t="s">
-        <v>214</v>
+        <v>1526</v>
       </c>
       <c r="E636" s="2">
-        <v>4.14</v>
+        <v>2379.21</v>
       </c>
       <c r="F636" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1516</v>
+        <v>1527</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1517</v>
+        <v>1528</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D637" s="0" t="s">
-        <v>51</v>
+        <v>1529</v>
       </c>
       <c r="E637" s="2">
-        <v>11688.89</v>
+        <v>104.16</v>
       </c>
       <c r="F637" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D638" s="0" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
       <c r="E638" s="2">
-        <v>23.64</v>
+        <v>31.31</v>
       </c>
       <c r="F638" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D639" s="0" t="s">
-        <v>51</v>
+        <v>1535</v>
       </c>
       <c r="E639" s="2">
-        <v>88.86</v>
+        <v>0.23</v>
       </c>
       <c r="F639" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1523</v>
+        <v>1536</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1524</v>
+        <v>1537</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>51</v>
+        <v>1538</v>
       </c>
       <c r="E640" s="2">
-        <v>1408.73</v>
+        <v>863.43</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1525</v>
+        <v>1539</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1526</v>
+        <v>1540</v>
       </c>
       <c r="C641" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D641" s="0" t="s">
-        <v>51</v>
+        <v>1541</v>
       </c>
       <c r="E641" s="2">
-        <v>3270.19</v>
+        <v>193.64</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1527</v>
+        <v>1542</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1528</v>
+        <v>1543</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D642" s="0" t="s">
-        <v>51</v>
+        <v>1544</v>
       </c>
       <c r="E642" s="2">
-        <v>7069.25</v>
+        <v>19.84</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1530</v>
+        <v>1543</v>
       </c>
       <c r="C643" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D643" s="0" t="s">
-        <v>51</v>
+        <v>1546</v>
       </c>
       <c r="E643" s="2">
-        <v>12437.92</v>
+        <v>4.19</v>
       </c>
       <c r="F643" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1485</v>
+        <v>1543</v>
       </c>
       <c r="C644" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D644" s="0" t="s">
-        <v>51</v>
+        <v>1548</v>
       </c>
       <c r="E644" s="2">
-        <v>2171.31</v>
+        <v>5.32</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1533</v>
+        <v>1550</v>
       </c>
       <c r="C645" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D645" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E645" s="2">
-        <v>2627.46</v>
+        <v>1557.2</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1534</v>
+        <v>1551</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="C646" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D646" s="0" t="s">
-        <v>51</v>
+        <v>1553</v>
       </c>
       <c r="E646" s="2">
-        <v>342.94</v>
+        <v>2099.14</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1536</v>
+        <v>1554</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1537</v>
+        <v>1555</v>
       </c>
       <c r="C647" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D647" s="0" t="s">
-        <v>51</v>
+        <v>1556</v>
       </c>
       <c r="E647" s="2">
-        <v>11719.1</v>
+        <v>11.33</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1538</v>
+        <v>1557</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="C648" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D648" s="0" t="s">
-        <v>51</v>
+        <v>1558</v>
       </c>
       <c r="E648" s="2">
-        <v>1973.3</v>
+        <v>8.56</v>
       </c>
       <c r="F648" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1540</v>
+        <v>1559</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1541</v>
+        <v>1560</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D649" s="0" t="s">
-        <v>51</v>
+        <v>1561</v>
       </c>
       <c r="E649" s="2">
-        <v>1223.6</v>
+        <v>0.25</v>
       </c>
       <c r="F649" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1542</v>
+        <v>1562</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1543</v>
+        <v>1560</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D650" s="0" t="s">
-        <v>51</v>
+        <v>1563</v>
       </c>
       <c r="E650" s="2">
-        <v>2559.06</v>
+        <v>0.25</v>
       </c>
       <c r="F650" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1544</v>
+        <v>1564</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1545</v>
+        <v>1565</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D651" s="0" t="s">
-        <v>1546</v>
+        <v>185</v>
       </c>
       <c r="E651" s="2">
-        <v>15.17</v>
+        <v>14.7</v>
       </c>
       <c r="F651" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1547</v>
+        <v>1566</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1453</v>
+        <v>323</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D652" s="0" t="s">
-        <v>1548</v>
+        <v>185</v>
       </c>
       <c r="E652" s="2">
-        <v>193.19</v>
+        <v>5.48</v>
       </c>
       <c r="F652" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1549</v>
+        <v>1567</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1550</v>
+        <v>1568</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D653" s="0" t="s">
-        <v>1551</v>
+        <v>185</v>
       </c>
       <c r="E653" s="2">
-        <v>52.15</v>
+        <v>8.7</v>
       </c>
       <c r="F653" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1552</v>
+        <v>1569</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D654" s="0" t="s">
-        <v>1554</v>
+        <v>185</v>
       </c>
       <c r="E654" s="2">
-        <v>2561.17</v>
+        <v>11.22</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1555</v>
+        <v>1570</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1556</v>
+        <v>1571</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D655" s="0" t="s">
-        <v>1557</v>
+        <v>185</v>
       </c>
       <c r="E655" s="2">
-        <v>32.32</v>
+        <v>78.55</v>
       </c>
       <c r="F655" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1558</v>
+        <v>1572</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1559</v>
+        <v>1514</v>
       </c>
       <c r="C656" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D656" s="0" t="s">
-        <v>1560</v>
+        <v>1515</v>
       </c>
       <c r="E656" s="2">
-        <v>193.19</v>
+        <v>222.12</v>
       </c>
       <c r="F656" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1561</v>
+        <v>1573</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1562</v>
+        <v>1574</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D657" s="0" t="s">
-        <v>1563</v>
+        <v>1575</v>
       </c>
       <c r="E657" s="2">
-        <v>1110.16</v>
+        <v>234.69</v>
       </c>
       <c r="F657" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="C658" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D658" s="0" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="E658" s="2">
-        <v>0.21</v>
+        <v>1681.19</v>
       </c>
       <c r="F658" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="C659" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D659" s="0" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="E659" s="2">
-        <v>193.19</v>
+        <v>562.49</v>
       </c>
       <c r="F659" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="C660" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D660" s="0" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
       <c r="E660" s="2">
-        <v>2317.96</v>
+        <v>96</v>
       </c>
       <c r="F660" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1573</v>
+        <v>1584</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1574</v>
+        <v>1493</v>
       </c>
       <c r="C661" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D661" s="0" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
       <c r="E661" s="2">
-        <v>936.68</v>
+        <v>9309.16</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1577</v>
+        <v>1493</v>
       </c>
       <c r="C662" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D662" s="0" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="E662" s="2">
-        <v>383.38</v>
+        <v>4239.96</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1579</v>
+        <v>1493</v>
       </c>
       <c r="C663" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D663" s="0" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="E663" s="2">
-        <v>118.39</v>
+        <v>981.13</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1582</v>
+        <v>1493</v>
       </c>
       <c r="C664" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D664" s="0" t="s">
-        <v>1349</v>
+        <v>1590</v>
       </c>
       <c r="E664" s="2">
-        <v>21.35</v>
+        <v>505.84</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="C665" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D665" s="0" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="E665" s="2">
-        <v>112.15</v>
+        <v>1366.41</v>
       </c>
       <c r="F665" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1545</v>
+        <v>1595</v>
       </c>
       <c r="C666" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D666" s="0" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="E666" s="2">
-        <v>44.51</v>
+        <v>6.18</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="C667" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D667" s="0" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="E667" s="2">
-        <v>204.92</v>
+        <v>0.99</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="C668" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D668" s="0" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="E668" s="2">
-        <v>0.17</v>
+        <v>14.77</v>
       </c>
       <c r="F668" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="B669" s="0" t="s">
         <v>1595</v>
       </c>
       <c r="C669" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D669" s="0" t="s">
-        <v>1396</v>
+        <v>1602</v>
       </c>
       <c r="E669" s="2">
-        <v>44.51</v>
+        <v>9.84</v>
       </c>
       <c r="F669" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="C670" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>1352</v>
+        <v>1604</v>
       </c>
       <c r="E670" s="2">
-        <v>125.46</v>
+        <v>0.78</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="C671" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D671" s="0" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="E671" s="2">
-        <v>186.85</v>
+        <v>2035.27</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="C672" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D672" s="0" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="E672" s="2">
-        <v>1</v>
+        <v>9.22</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D673" s="0" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="E673" s="2">
-        <v>634.65</v>
+        <v>248.94</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D674" s="0" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="E674" s="2">
-        <v>91.53</v>
+        <v>2015.42</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D675" s="0" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="E675" s="2">
-        <v>146.03</v>
+        <v>7033.71</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="C676" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D676" s="0" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="E676" s="2">
-        <v>346.81</v>
+        <v>504.35</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>1617</v>
+        <v>44</v>
       </c>
       <c r="E677" s="2">
-        <v>568.3</v>
+        <v>113.44</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D678" s="0" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="E678" s="2">
-        <v>1242.1</v>
+        <v>560.35</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="C679" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D679" s="0" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="E679" s="2">
-        <v>348.71</v>
+        <v>1245.12</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>1626</v>
+        <v>44</v>
       </c>
       <c r="E680" s="2">
-        <v>408.66</v>
+        <v>112.76</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D681" s="0" t="s">
-        <v>1629</v>
+        <v>44</v>
       </c>
       <c r="E681" s="2">
-        <v>283.03</v>
+        <v>204.99</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D682" s="0" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="E682" s="2">
-        <v>143.45</v>
+        <v>4.09</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D683" s="0" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="E683" s="2">
-        <v>635.58</v>
+        <v>573.72</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1636</v>
+        <v>1595</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D684" s="0" t="s">
-        <v>1637</v>
+        <v>1596</v>
       </c>
       <c r="E684" s="2">
-        <v>3263.53</v>
+        <v>2.51</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D685" s="0" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E685" s="2">
-        <v>1346.72</v>
+        <v>921.39</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D686" s="0" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="E686" s="2">
-        <v>613.13</v>
+        <v>29754.62</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D687" s="0" t="s">
-        <v>1644</v>
+        <v>44</v>
       </c>
       <c r="E687" s="2">
-        <v>300.77</v>
+        <v>138.29</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D688" s="0" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="E688" s="2">
-        <v>409.83</v>
+        <v>340.29</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D689" s="0" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="E689" s="2">
-        <v>34.75</v>
+        <v>118.56</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D690" s="0" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="E690" s="2">
-        <v>67.06</v>
+        <v>265.09</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D691" s="0" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="E691" s="2">
-        <v>101.14</v>
+        <v>79</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D692" s="0" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="E692" s="2">
-        <v>101.14</v>
+        <v>68.57</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1625</v>
+        <v>1664</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D693" s="0" t="s">
-        <v>1642</v>
+        <v>1665</v>
       </c>
       <c r="E693" s="2">
-        <v>30.26</v>
+        <v>105.43</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1437</v>
+        <v>1568</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>1658</v>
+        <v>185</v>
       </c>
       <c r="E694" s="2">
-        <v>699.51</v>
+        <v>3.32</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1660</v>
+        <v>323</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D695" s="0" t="s">
-        <v>1661</v>
+        <v>185</v>
       </c>
       <c r="E695" s="2">
-        <v>130.33</v>
+        <v>20.4</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D696" s="0" t="s">
-        <v>1650</v>
+        <v>44</v>
       </c>
       <c r="E696" s="2">
-        <v>319.87</v>
+        <v>2169.61</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D697" s="0" t="s">
-        <v>1665</v>
+        <v>185</v>
       </c>
       <c r="E697" s="2">
-        <v>1867.72</v>
+        <v>34.97</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D698" s="0" t="s">
-        <v>1668</v>
+        <v>44</v>
       </c>
       <c r="E698" s="2">
-        <v>34967.28</v>
+        <v>4044.35</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D699" s="0" t="s">
-        <v>1653</v>
+        <v>185</v>
       </c>
       <c r="E699" s="2">
-        <v>185.95</v>
+        <v>6.93</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1652</v>
+        <v>1677</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D700" s="0" t="s">
-        <v>1653</v>
+        <v>185</v>
       </c>
       <c r="E700" s="2">
-        <v>188.39</v>
+        <v>463.27</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D701" s="0" t="s">
-        <v>1674</v>
+        <v>185</v>
       </c>
       <c r="E701" s="2">
-        <v>3240.56</v>
+        <v>4.66</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D702" s="0" t="s">
-        <v>1677</v>
+        <v>185</v>
       </c>
       <c r="E702" s="2">
-        <v>4288.29</v>
+        <v>4.66</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="B703" s="0" t="s">
         <v>1679</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D703" s="0" t="s">
-        <v>1680</v>
+        <v>185</v>
       </c>
       <c r="E703" s="2">
-        <v>4.92</v>
+        <v>5.32</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D704" s="0" t="s">
-        <v>41</v>
+        <v>185</v>
       </c>
       <c r="E704" s="2">
-        <v>0.68</v>
+        <v>8.49</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
         <v>1683</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>1684</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D705" s="0" t="s">
-        <v>1685</v>
+        <v>44</v>
       </c>
       <c r="E705" s="2">
-        <v>193.42</v>
+        <v>58.07</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C706" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D706" s="0" t="s">
         <v>1686</v>
       </c>
-      <c r="B706" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E706" s="2">
-        <v>1142.97</v>
+        <v>2.44</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C707" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D707" s="0" t="s">
         <v>1689</v>
       </c>
-      <c r="B707" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E707" s="2">
-        <v>95.77</v>
+        <v>1446.32</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>1690</v>
+        <v>1636</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D708" s="0" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="E708" s="2">
-        <v>3397.32</v>
+        <v>0.64</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C709" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D709" s="0" t="s">
         <v>1694</v>
       </c>
-      <c r="B709" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E709" s="2">
-        <v>1.79</v>
+        <v>15.62</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B710" s="0" t="s">
         <v>1696</v>
       </c>
-      <c r="B710" s="0" t="s">
+      <c r="C710" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D710" s="0" t="s">
         <v>1697</v>
       </c>
-      <c r="C710" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E710" s="2">
-        <v>0.62</v>
+        <v>21.03</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B711" s="0" t="s">
         <v>1699</v>
       </c>
-      <c r="B711" s="0" t="s">
+      <c r="C711" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D711" s="0" t="s">
         <v>1700</v>
       </c>
-      <c r="C711" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E711" s="2">
-        <v>472.72</v>
+        <v>391.35</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="C712" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D712" s="0" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="E712" s="2">
-        <v>22.79</v>
+        <v>46.18</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1706</v>
+        <v>1703</v>
       </c>
       <c r="C713" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D713" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="E713" s="2">
-        <v>1553.39</v>
+        <v>589.47</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C714" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D714" s="0" t="s">
         <v>1707</v>
       </c>
-      <c r="B714" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E714" s="2">
-        <v>2470.06</v>
+        <v>6.96</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C715" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D715" s="0" t="s">
         <v>1710</v>
       </c>
-      <c r="B715" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E715" s="2">
-        <v>3133.05</v>
+        <v>91.91</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C716" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D716" s="0" t="s">
         <v>1713</v>
       </c>
-      <c r="B716" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E716" s="2">
-        <v>32.46</v>
+        <v>162.73</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B717" s="0" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1711</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D717" s="0" t="s">
         <v>1716</v>
       </c>
       <c r="E717" s="2">
-        <v>994.3</v>
+        <v>43.31</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
         <v>1717</v>
       </c>
       <c r="B718" s="0" t="s">
         <v>1718</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D718" s="0" t="s">
         <v>1719</v>
       </c>
       <c r="E718" s="2">
-        <v>2379.21</v>
+        <v>122.6</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
         <v>1720</v>
       </c>
       <c r="B719" s="0" t="s">
         <v>1721</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D719" s="0" t="s">
         <v>1722</v>
       </c>
       <c r="E719" s="2">
-        <v>104.16</v>
+        <v>2642.5</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
         <v>1723</v>
       </c>
       <c r="B720" s="0" t="s">
         <v>1724</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D720" s="0" t="s">
         <v>1725</v>
       </c>
       <c r="E720" s="2">
-        <v>31.31</v>
+        <v>370.47</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
         <v>1726</v>
       </c>
       <c r="B721" s="0" t="s">
         <v>1727</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D721" s="0" t="s">
         <v>1728</v>
       </c>
       <c r="E721" s="2">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
         <v>1729</v>
       </c>
       <c r="B722" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C722" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D722" s="0" t="s">
         <v>1730</v>
       </c>
-      <c r="C722" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E722" s="2">
-        <v>863.43</v>
+        <v>21.5</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B723" s="0" t="s">
         <v>1732</v>
       </c>
-      <c r="B723" s="0" t="s">
+      <c r="C723" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D723" s="0" t="s">
         <v>1733</v>
       </c>
-      <c r="C723" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E723" s="2">
-        <v>193.64</v>
+        <v>1010.51</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B724" s="0" t="s">
         <v>1735</v>
       </c>
-      <c r="B724" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C724" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D724" s="0" t="s">
-        <v>1737</v>
+        <v>44</v>
       </c>
       <c r="E724" s="2">
-        <v>19.84</v>
+        <v>112.76</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C725" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D725" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="B725" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E725" s="2">
-        <v>4.19</v>
+        <v>340.72</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C726" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D726" s="0" t="s">
         <v>1740</v>
       </c>
-      <c r="B726" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E726" s="2">
-        <v>5.32</v>
+        <v>1725.53</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B727" s="0" t="s">
         <v>1742</v>
       </c>
-      <c r="B727" s="0" t="s">
+      <c r="C727" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D727" s="0" t="s">
         <v>1743</v>
       </c>
-      <c r="C727" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E727" s="2">
-        <v>1557.2</v>
+        <v>14.19</v>
       </c>
       <c r="F727" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
         <v>1744</v>
       </c>
       <c r="B728" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="C728" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D728" s="0" t="s">
         <v>1746</v>
       </c>
       <c r="E728" s="2">
-        <v>2099.14</v>
+        <v>28.31</v>
       </c>
       <c r="F728" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
         <v>1747</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1748</v>
+        <v>1745</v>
       </c>
       <c r="C729" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D729" s="0" t="s">
-        <v>1749</v>
+        <v>1746</v>
       </c>
       <c r="E729" s="2">
-        <v>11.33</v>
+        <v>46.79</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1750</v>
+        <v>1748</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D730" s="0" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
       <c r="E730" s="2">
-        <v>8.56</v>
+        <v>1431</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1753</v>
+        <v>1751</v>
       </c>
       <c r="C731" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D731" s="0" t="s">
-        <v>1754</v>
+        <v>44</v>
       </c>
       <c r="E731" s="2">
-        <v>0.25</v>
+        <v>138.29</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
       <c r="B732" s="0" t="s">
         <v>1753</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D732" s="0" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
       <c r="E732" s="2">
-        <v>0.25</v>
+        <v>5829.19</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1758</v>
+        <v>950</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D733" s="0" t="s">
-        <v>214</v>
+        <v>1756</v>
       </c>
       <c r="E733" s="2">
-        <v>14.7</v>
+        <v>528.36</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C734" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D734" s="0" t="s">
         <v>1759</v>
       </c>
-      <c r="B734" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E734" s="2">
-        <v>5.48</v>
+        <v>3.87</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
         <v>1760</v>
       </c>
       <c r="B735" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C735" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D735" s="0" t="s">
         <v>1761</v>
       </c>
-      <c r="C735" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E735" s="2">
-        <v>8.7</v>
+        <v>14.83</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
         <v>1762</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1761</v>
+        <v>950</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D736" s="0" t="s">
-        <v>214</v>
+        <v>1763</v>
       </c>
       <c r="E736" s="2">
-        <v>11.22</v>
+        <v>735.05</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1764</v>
+        <v>950</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D737" s="0" t="s">
-        <v>214</v>
+        <v>1765</v>
       </c>
       <c r="E737" s="2">
-        <v>78.55</v>
+        <v>75.53</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1700</v>
+        <v>950</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D738" s="0" t="s">
-        <v>1701</v>
+        <v>1767</v>
       </c>
       <c r="E738" s="2">
-        <v>222.12</v>
+        <v>365.62</v>
       </c>
       <c r="F738" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D739" s="0" t="s">
-        <v>1768</v>
+        <v>44</v>
       </c>
       <c r="E739" s="2">
-        <v>234.69</v>
+        <v>4413.31</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D740" s="0" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="E740" s="2">
-        <v>1681.19</v>
+        <v>7.17</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D741" s="0" t="s">
         <v>1774</v>
       </c>
       <c r="E741" s="2">
-        <v>562.49</v>
+        <v>2.14</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
         <v>1775</v>
       </c>
       <c r="B742" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C742" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D742" s="0" t="s">
         <v>1776</v>
       </c>
-      <c r="C742" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E742" s="2">
-        <v>96</v>
+        <v>6.11</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
         <v>1777</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1679</v>
+        <v>1778</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D743" s="0" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="E743" s="2">
-        <v>9309.16</v>
+        <v>452.59</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1679</v>
+        <v>1781</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D744" s="0" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="E744" s="2">
-        <v>4239.96</v>
+        <v>1223.74</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1679</v>
+        <v>1784</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D745" s="0" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="E745" s="2">
-        <v>981.13</v>
+        <v>142.08</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1679</v>
+        <v>1787</v>
       </c>
       <c r="C746" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D746" s="0" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="E746" s="2">
-        <v>505.84</v>
+        <v>82.51</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D747" s="0" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="E747" s="2">
-        <v>2915.52</v>
+        <v>763.4</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1788</v>
+        <v>1595</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D748" s="0" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="E748" s="2">
-        <v>0.45</v>
+        <v>2.17</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1791</v>
+        <v>1718</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D749" s="0" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E749" s="2">
-        <v>2166.41</v>
+        <v>4.01</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D750" s="0" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="E750" s="2">
-        <v>37.34</v>
+        <v>873.75</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D751" s="0" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
       <c r="E751" s="2">
-        <v>57.4</v>
+        <v>7226.4</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>1798</v>
+        <v>1802</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
       <c r="C752" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D752" s="0" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="E752" s="2">
-        <v>6.18</v>
+        <v>0.94</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1799</v>
+        <v>1806</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D753" s="0" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="E753" s="2">
-        <v>0.99</v>
+        <v>29.99</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D754" s="0" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="E754" s="2">
-        <v>14.77</v>
+        <v>82.56</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D755" s="0" t="s">
-        <v>1806</v>
+        <v>1813</v>
       </c>
       <c r="E755" s="2">
-        <v>9.84</v>
+        <v>650.66</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1807</v>
+        <v>1814</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1799</v>
+        <v>1815</v>
       </c>
       <c r="C756" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D756" s="0" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="E756" s="2">
-        <v>0.78</v>
+        <v>2.51</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1810</v>
+        <v>1742</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D757" s="0" t="s">
-        <v>1811</v>
+        <v>1818</v>
       </c>
       <c r="E757" s="2">
-        <v>2035.27</v>
+        <v>10.1</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>1812</v>
+        <v>1819</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1813</v>
+        <v>1820</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D758" s="0" t="s">
-        <v>1814</v>
+        <v>44</v>
       </c>
       <c r="E758" s="2">
-        <v>9.22</v>
+        <v>112.76</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D759" s="0" t="s">
-        <v>1817</v>
+        <v>44</v>
       </c>
       <c r="E759" s="2">
-        <v>248.94</v>
+        <v>193.69</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D760" s="0" t="s">
-        <v>1820</v>
+        <v>44</v>
       </c>
       <c r="E760" s="2">
-        <v>2015.42</v>
+        <v>2291.63</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="E761" s="2">
-        <v>7033.71</v>
+        <v>45.01</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D762" s="0" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="E762" s="2">
-        <v>504.35</v>
+        <v>2414.86</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D763" s="0" t="s">
-        <v>51</v>
+        <v>1833</v>
       </c>
       <c r="E763" s="2">
-        <v>113.44</v>
+        <v>448.96</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D764" s="0" t="s">
-        <v>1831</v>
+        <v>44</v>
       </c>
       <c r="E764" s="2">
-        <v>560.35</v>
+        <v>42.69</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D765" s="0" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="E765" s="2">
-        <v>1245.12</v>
+        <v>593.27</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D766" s="0" t="s">
-        <v>51</v>
+        <v>1841</v>
       </c>
       <c r="E766" s="2">
-        <v>112.76</v>
+        <v>906.7</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D767" s="0" t="s">
-        <v>1839</v>
+        <v>44</v>
       </c>
       <c r="E767" s="2">
-        <v>7.58</v>
+        <v>3935.15</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D768" s="0" t="s">
-        <v>51</v>
+        <v>1846</v>
       </c>
       <c r="E768" s="2">
-        <v>204.99</v>
+        <v>498.54</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="E769" s="2">
-        <v>4.09</v>
+        <v>380.87</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D770" s="0" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="E770" s="2">
-        <v>573.72</v>
+        <v>719.2</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>1799</v>
+        <v>1854</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D771" s="0" t="s">
-        <v>1800</v>
+        <v>1855</v>
       </c>
       <c r="E771" s="2">
-        <v>2.51</v>
+        <v>571.38</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1850</v>
+        <v>1857</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D772" s="0" t="s">
-        <v>1851</v>
+        <v>1858</v>
       </c>
       <c r="E772" s="2">
-        <v>889.74</v>
+        <v>25.89</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>1852</v>
+        <v>1859</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D773" s="0" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="E773" s="2">
-        <v>921.39</v>
+        <v>556.37</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="C774" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D774" s="0" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="E774" s="2">
-        <v>29754.62</v>
+        <v>0.04</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D775" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E775" s="2">
-        <v>138.29</v>
+        <v>18.79</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D776" s="0" t="s">
         <v>1862</v>
       </c>
       <c r="E776" s="2">
-        <v>340.29</v>
+        <v>21.13</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D777" s="0" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="E777" s="2">
-        <v>118.56</v>
+        <v>1321.27</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D778" s="0" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="E778" s="2">
-        <v>265.09</v>
+        <v>352.55</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D779" s="0" t="s">
-        <v>1870</v>
+        <v>44</v>
       </c>
       <c r="E779" s="2">
-        <v>79</v>
+        <v>2691.78</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D780" s="0" t="s">
-        <v>1872</v>
+        <v>185</v>
       </c>
       <c r="E780" s="2">
-        <v>68.57</v>
+        <v>4.52</v>
       </c>
       <c r="F780" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D781" s="0" t="s">
-        <v>1875</v>
+        <v>185</v>
       </c>
       <c r="E781" s="2">
-        <v>105.43</v>
+        <v>1.58</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1761</v>
+        <v>1877</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D782" s="0" t="s">
-        <v>214</v>
+        <v>185</v>
       </c>
       <c r="E782" s="2">
-        <v>3.32</v>
+        <v>1.58</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>360</v>
+        <v>1880</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D783" s="0" t="s">
-        <v>214</v>
+        <v>185</v>
       </c>
       <c r="E783" s="2">
-        <v>20.4</v>
+        <v>11.47</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D784" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E784" s="2">
-        <v>2169.61</v>
+        <v>2296.96</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D785" s="0" t="s">
-        <v>214</v>
+        <v>1833</v>
       </c>
       <c r="E785" s="2">
-        <v>34.97</v>
+        <v>189.89</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D786" s="0" t="s">
-        <v>51</v>
+        <v>1887</v>
       </c>
       <c r="E786" s="2">
-        <v>4044.35</v>
+        <v>41.66</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1884</v>
+        <v>1888</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1885</v>
+        <v>1889</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D787" s="0" t="s">
-        <v>214</v>
+        <v>1890</v>
       </c>
       <c r="E787" s="2">
-        <v>6.93</v>
+        <v>7.19</v>
       </c>
       <c r="F787" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D788" s="0" t="s">
-        <v>214</v>
+        <v>1893</v>
       </c>
       <c r="E788" s="2">
-        <v>463.27</v>
+        <v>137.86</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D789" s="0" t="s">
-        <v>214</v>
+        <v>1896</v>
       </c>
       <c r="E789" s="2">
-        <v>4.66</v>
+        <v>298.31</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D790" s="0" t="s">
-        <v>214</v>
+        <v>1899</v>
       </c>
       <c r="E790" s="2">
-        <v>4.66</v>
+        <v>1834.59</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="C791" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D791" s="0" t="s">
-        <v>214</v>
+        <v>1901</v>
       </c>
       <c r="E791" s="2">
-        <v>5.32</v>
+        <v>1218.89</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1892</v>
+        <v>1902</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D792" s="0" t="s">
-        <v>214</v>
+        <v>1904</v>
       </c>
       <c r="E792" s="2">
-        <v>8.49</v>
+        <v>731.07</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>1893</v>
+        <v>1905</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D793" s="0" t="s">
-        <v>51</v>
+        <v>1907</v>
       </c>
       <c r="E793" s="2">
-        <v>58.07</v>
+        <v>22.98</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1895</v>
+        <v>1908</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1843</v>
+        <v>1906</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D794" s="0" t="s">
-        <v>1896</v>
+        <v>1909</v>
       </c>
       <c r="E794" s="2">
-        <v>2.44</v>
+        <v>574.07</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D795" s="0" t="s">
-        <v>1899</v>
+        <v>44</v>
       </c>
       <c r="E795" s="2">
-        <v>1446.32</v>
+        <v>2144.99</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1843</v>
+        <v>1913</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D796" s="0" t="s">
-        <v>1901</v>
+        <v>1914</v>
       </c>
       <c r="E796" s="2">
-        <v>0.64</v>
+        <v>574.77</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1902</v>
+        <v>1915</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1903</v>
+        <v>1916</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D797" s="0" t="s">
-        <v>1904</v>
+        <v>1917</v>
       </c>
       <c r="E797" s="2">
-        <v>15.62</v>
+        <v>468.62</v>
       </c>
       <c r="F797" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1905</v>
+        <v>1918</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1906</v>
+        <v>1919</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D798" s="0" t="s">
-        <v>1907</v>
+        <v>1920</v>
       </c>
       <c r="E798" s="2">
-        <v>21.03</v>
+        <v>7.3</v>
       </c>
       <c r="F798" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D799" s="0" t="s">
-        <v>1910</v>
+        <v>1920</v>
       </c>
       <c r="E799" s="2">
-        <v>391.35</v>
+        <v>104.85</v>
       </c>
       <c r="F799" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D800" s="0" t="s">
-        <v>1910</v>
+        <v>1920</v>
       </c>
       <c r="E800" s="2">
-        <v>46.18</v>
+        <v>9.7</v>
       </c>
       <c r="F800" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="C801" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D801" s="0" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="E801" s="2">
-        <v>589.47</v>
+        <v>8.93</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1915</v>
+        <v>1924</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D802" s="0" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
       <c r="E802" s="2">
-        <v>6.96</v>
+        <v>4.31</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D803" s="0" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
       <c r="E803" s="2">
-        <v>91.91</v>
+        <v>308.94</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D804" s="0" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
       <c r="E804" s="2">
-        <v>162.73</v>
+        <v>2726.09</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>1924</v>
+        <v>1933</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D805" s="0" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="E805" s="2">
-        <v>43.31</v>
+        <v>430.94</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="C806" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D806" s="0" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="E806" s="2">
-        <v>122.6</v>
+        <v>7.37</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D807" s="0" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="E807" s="2">
-        <v>2642.5</v>
+        <v>89.28</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1933</v>
+        <v>1940</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D808" s="0" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="E808" s="2">
-        <v>370.47</v>
+        <v>63.91</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1937</v>
+        <v>1944</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D809" s="0" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="E809" s="2">
-        <v>0.29</v>
+        <v>3856.26</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1799</v>
+        <v>1947</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D810" s="0" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="E810" s="2">
-        <v>21.5</v>
+        <v>3433.65</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D811" s="0" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="E811" s="2">
-        <v>1010.51</v>
+        <v>5.45</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="C812" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D812" s="0" t="s">
-        <v>51</v>
+        <v>1954</v>
       </c>
       <c r="E812" s="2">
-        <v>112.76</v>
+        <v>33.84</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1146</v>
+        <v>1956</v>
       </c>
       <c r="C813" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D813" s="0" t="s">
-        <v>1947</v>
+        <v>1957</v>
       </c>
       <c r="E813" s="2">
-        <v>709.25</v>
+        <v>480.39</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1948</v>
+        <v>1958</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1949</v>
+        <v>1959</v>
       </c>
       <c r="C814" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D814" s="0" t="s">
-        <v>1950</v>
+        <v>1960</v>
       </c>
       <c r="E814" s="2">
-        <v>340.72</v>
+        <v>337.22</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1951</v>
+        <v>1961</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1949</v>
+        <v>1959</v>
       </c>
       <c r="C815" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D815" s="0" t="s">
-        <v>1952</v>
+        <v>428</v>
       </c>
       <c r="E815" s="2">
-        <v>1725.53</v>
+        <v>151.68</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="C816" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D816" s="0" t="s">
-        <v>1955</v>
+        <v>1964</v>
       </c>
       <c r="E816" s="2">
-        <v>14.19</v>
+        <v>508.18</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="C817" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D817" s="0" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="E817" s="2">
-        <v>28.31</v>
+        <v>112.93</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1959</v>
+        <v>1968</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1957</v>
+        <v>1969</v>
       </c>
       <c r="C818" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D818" s="0" t="s">
-        <v>1958</v>
+        <v>1970</v>
       </c>
       <c r="E818" s="2">
-        <v>46.79</v>
+        <v>600.16</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1960</v>
+        <v>1971</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1957</v>
+        <v>1969</v>
       </c>
       <c r="C819" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D819" s="0" t="s">
-        <v>1961</v>
+        <v>428</v>
       </c>
       <c r="E819" s="2">
-        <v>1431</v>
+        <v>73.32</v>
       </c>
       <c r="F819" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1962</v>
+        <v>1972</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1963</v>
+        <v>1973</v>
       </c>
       <c r="C820" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D820" s="0" t="s">
-        <v>51</v>
+        <v>1974</v>
       </c>
       <c r="E820" s="2">
-        <v>138.29</v>
+        <v>503.23</v>
       </c>
       <c r="F820" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1964</v>
+        <v>1975</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1965</v>
+        <v>1976</v>
       </c>
       <c r="C821" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D821" s="0" t="s">
-        <v>1966</v>
+        <v>44</v>
       </c>
       <c r="E821" s="2">
-        <v>66.78</v>
+        <v>480.27</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1967</v>
+        <v>1977</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1965</v>
+        <v>1978</v>
       </c>
       <c r="C822" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D822" s="0" t="s">
-        <v>1872</v>
+        <v>1979</v>
       </c>
       <c r="E822" s="2">
-        <v>78.81</v>
+        <v>1149.85</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1969</v>
+        <v>1981</v>
       </c>
       <c r="C823" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D823" s="0" t="s">
-        <v>1970</v>
+        <v>1982</v>
       </c>
       <c r="E823" s="2">
-        <v>5829.19</v>
+        <v>1449.67</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1053</v>
+        <v>1984</v>
       </c>
       <c r="C824" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D824" s="0" t="s">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="E824" s="2">
-        <v>528.36</v>
+        <v>78.74</v>
       </c>
       <c r="F824" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1973</v>
+        <v>1986</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1974</v>
+        <v>1987</v>
       </c>
       <c r="C825" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D825" s="0" t="s">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="E825" s="2">
-        <v>3.87</v>
+        <v>16.88</v>
       </c>
       <c r="F825" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1974</v>
+        <v>1987</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D826" s="0" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="E826" s="2">
-        <v>14.83</v>
+        <v>10.84</v>
       </c>
       <c r="F826" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1053</v>
+        <v>1987</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D827" s="0" t="s">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="E827" s="2">
-        <v>735.05</v>
+        <v>10</v>
       </c>
       <c r="F827" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1053</v>
+        <v>1987</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D828" s="0" t="s">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="E828" s="2">
-        <v>75.53</v>
+        <v>4.33</v>
       </c>
       <c r="F828" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1053</v>
+        <v>1987</v>
       </c>
       <c r="C829" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D829" s="0" t="s">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="E829" s="2">
-        <v>365.62</v>
+        <v>86.49</v>
       </c>
       <c r="F829" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D830" s="0" t="s">
-        <v>51</v>
+        <v>1997</v>
       </c>
       <c r="E830" s="2">
-        <v>4413.31</v>
+        <v>1.66</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1987</v>
+        <v>1999</v>
       </c>
       <c r="C831" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D831" s="0" t="s">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="E831" s="2">
-        <v>7.17</v>
+        <v>2086.36</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>1987</v>
+        <v>2002</v>
       </c>
       <c r="C832" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D832" s="0" t="s">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E832" s="2">
-        <v>2.14</v>
+        <v>6.88</v>
       </c>
       <c r="F832" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1987</v>
+        <v>2005</v>
       </c>
       <c r="C833" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D833" s="0" t="s">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E833" s="2">
-        <v>6.11</v>
+        <v>526.91</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D834" s="0" t="s">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="E834" s="2">
-        <v>752.59</v>
+        <v>5.56</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D835" s="0" t="s">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="E835" s="2">
-        <v>1223.74</v>
+        <v>5.56</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D836" s="0" t="s">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="E836" s="2">
-        <v>19.99</v>
+        <v>23.21</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D837" s="0" t="s">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E837" s="2">
-        <v>2953.86</v>
+        <v>26.16</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D838" s="0" t="s">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E838" s="2">
-        <v>142.08</v>
+        <v>15.57</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D839" s="0" t="s">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E839" s="2">
-        <v>82.51</v>
+        <v>33.63</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="C840" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D840" s="0" t="s">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="E840" s="2">
-        <v>763.4</v>
+        <v>812.78</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1799</v>
+        <v>2026</v>
       </c>
       <c r="C841" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D841" s="0" t="s">
-        <v>2013</v>
+        <v>2027</v>
       </c>
       <c r="E841" s="2">
-        <v>2.17</v>
+        <v>36.13</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>2014</v>
+        <v>2028</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1928</v>
+        <v>820</v>
       </c>
       <c r="C842" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D842" s="0" t="s">
-        <v>2015</v>
+        <v>2029</v>
       </c>
       <c r="E842" s="2">
-        <v>4.01</v>
+        <v>932.38</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>2016</v>
+        <v>2030</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>2017</v>
+        <v>2031</v>
       </c>
       <c r="C843" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D843" s="0" t="s">
-        <v>2018</v>
+        <v>2032</v>
       </c>
       <c r="E843" s="2">
-        <v>873.75</v>
+        <v>122.09</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>2019</v>
+        <v>2033</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="C844" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D844" s="0" t="s">
-        <v>2021</v>
+        <v>2034</v>
       </c>
       <c r="E844" s="2">
-        <v>5680.99</v>
+        <v>431.66</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>2022</v>
+        <v>2035</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="C845" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D845" s="0" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
       <c r="E845" s="2">
-        <v>0.6</v>
+        <v>135.91</v>
       </c>
       <c r="F845" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>2025</v>
+        <v>2037</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>2026</v>
+        <v>2038</v>
       </c>
       <c r="C846" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D846" s="0" t="s">
-        <v>2027</v>
+        <v>2039</v>
       </c>
       <c r="E846" s="2">
-        <v>7226.4</v>
+        <v>3.12</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>2028</v>
+        <v>2040</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1455</v>
+        <v>2041</v>
       </c>
       <c r="C847" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D847" s="0" t="s">
-        <v>2029</v>
+        <v>2042</v>
       </c>
       <c r="E847" s="2">
-        <v>556.22</v>
+        <v>0.21</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>2030</v>
+        <v>2043</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>2031</v>
+        <v>1987</v>
       </c>
       <c r="C848" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D848" s="0" t="s">
-        <v>2032</v>
+        <v>2044</v>
       </c>
       <c r="E848" s="2">
-        <v>0.94</v>
+        <v>1040.92</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>2033</v>
+        <v>2045</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>2034</v>
+        <v>1987</v>
       </c>
       <c r="C849" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D849" s="0" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="E849" s="2">
-        <v>29.99</v>
+        <v>2.44</v>
       </c>
       <c r="F849" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>2037</v>
+        <v>1987</v>
       </c>
       <c r="C850" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D850" s="0" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="E850" s="2">
-        <v>82.56</v>
+        <v>13.68</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>2040</v>
+        <v>1987</v>
       </c>
       <c r="C851" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D851" s="0" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
       <c r="E851" s="2">
-        <v>650.66</v>
+        <v>4.74</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>2042</v>
+        <v>2051</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>2043</v>
+        <v>2052</v>
       </c>
       <c r="C852" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
       <c r="E852" s="2">
-        <v>2.51</v>
+        <v>35.29</v>
       </c>
       <c r="F852" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1954</v>
+        <v>2055</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>2046</v>
+        <v>2056</v>
       </c>
       <c r="E853" s="2">
-        <v>10.1</v>
+        <v>19.59</v>
       </c>
       <c r="F853" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>2047</v>
+        <v>2057</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>2048</v>
+        <v>2058</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D854" s="0" t="s">
-        <v>51</v>
+        <v>2059</v>
       </c>
       <c r="E854" s="2">
-        <v>112.76</v>
+        <v>1660.36</v>
       </c>
       <c r="F854" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>2049</v>
+        <v>2060</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D855" s="0" t="s">
-        <v>51</v>
+        <v>2062</v>
       </c>
       <c r="E855" s="2">
-        <v>193.69</v>
+        <v>1506.42</v>
       </c>
       <c r="F855" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>2051</v>
+        <v>2063</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>2052</v>
+        <v>2064</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D856" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E856" s="2">
-        <v>2291.63</v>
+        <v>153.58</v>
       </c>
       <c r="F856" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>2053</v>
+        <v>2065</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D857" s="0" t="s">
-        <v>2055</v>
+        <v>44</v>
       </c>
       <c r="E857" s="2">
-        <v>0.18</v>
+        <v>3648.13</v>
       </c>
       <c r="F857" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>2057</v>
+        <v>2068</v>
       </c>
       <c r="C858" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D858" s="0" t="s">
-        <v>2058</v>
+        <v>44</v>
       </c>
       <c r="E858" s="2">
-        <v>45.01</v>
+        <v>112.76</v>
       </c>
       <c r="F858" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>2059</v>
+        <v>2069</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>2060</v>
+        <v>2070</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D859" s="0" t="s">
-        <v>2061</v>
+        <v>636</v>
       </c>
       <c r="E859" s="2">
-        <v>39.43</v>
+        <v>8.27</v>
       </c>
       <c r="F859" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>2062</v>
+        <v>2071</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>2063</v>
+        <v>2070</v>
       </c>
       <c r="C860" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D860" s="0" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="E860" s="2">
-        <v>2414.86</v>
+        <v>5.73</v>
       </c>
       <c r="F860" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="C861" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D861" s="0" t="s">
-        <v>2067</v>
+        <v>639</v>
       </c>
       <c r="E861" s="2">
-        <v>1328.82</v>
+        <v>2.67</v>
       </c>
       <c r="F861" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="C862" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D862" s="0" t="s">
-        <v>2069</v>
+        <v>650</v>
       </c>
       <c r="E862" s="2">
-        <v>25.66</v>
+        <v>6.94</v>
       </c>
       <c r="F862" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>2071</v>
+        <v>2055</v>
       </c>
       <c r="C863" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D863" s="0" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="E863" s="2">
-        <v>26.28</v>
+        <v>123.36</v>
       </c>
       <c r="F863" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="C864" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D864" s="0" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="E864" s="2">
-        <v>448.96</v>
+        <v>16.18</v>
       </c>
       <c r="F864" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B865" s="0" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C865" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D865" s="0" t="s">
         <v>2076</v>
       </c>
-      <c r="B865" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E865" s="2">
-        <v>42.69</v>
+        <v>30.98</v>
       </c>
       <c r="F865" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="C866" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D866" s="0" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="E866" s="2">
-        <v>8.78</v>
+        <v>413.91</v>
       </c>
       <c r="F866" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="C867" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D867" s="0" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="E867" s="2">
-        <v>598.18</v>
+        <v>15.51</v>
       </c>
       <c r="F867" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B868" s="0" t="s">
         <v>2084</v>
       </c>
-      <c r="B868" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C868" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D868" s="0" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="E868" s="2">
-        <v>70.45</v>
+        <v>238.68</v>
       </c>
       <c r="F868" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B869" s="0" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C869" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D869" s="0" t="s">
         <v>2087</v>
       </c>
-      <c r="B869" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E869" s="2">
-        <v>86.69</v>
+        <v>93.73</v>
       </c>
       <c r="F869" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
         <v>2089</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>2085</v>
+        <v>2084</v>
       </c>
       <c r="C870" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D870" s="0" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="E870" s="2">
-        <v>1477.81</v>
+        <v>238.68</v>
       </c>
       <c r="F870" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B871" s="0" t="s">
         <v>2091</v>
-      </c>
-[...1 lines deleted...]
-        <v>2085</v>
       </c>
       <c r="C871" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D871" s="0" t="s">
         <v>2092</v>
       </c>
       <c r="E871" s="2">
-        <v>710.99</v>
+        <v>6098.25</v>
       </c>
       <c r="F871" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
         <v>2093</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="C872" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D872" s="0" t="s">
         <v>2094</v>
       </c>
       <c r="E872" s="2">
-        <v>35.54</v>
+        <v>20.37</v>
       </c>
       <c r="F872" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
         <v>2095</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>2085</v>
+        <v>2011</v>
       </c>
       <c r="C873" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D873" s="0" t="s">
         <v>2096</v>
       </c>
       <c r="E873" s="2">
-        <v>13.42</v>
+        <v>42.19</v>
       </c>
       <c r="F873" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
         <v>2097</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>2085</v>
+        <v>2011</v>
       </c>
       <c r="C874" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D874" s="0" t="s">
-        <v>2098</v>
+        <v>2096</v>
       </c>
       <c r="E874" s="2">
-        <v>45.57</v>
+        <v>37.17</v>
       </c>
       <c r="F874" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>2099</v>
+        <v>2098</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>2100</v>
+        <v>2011</v>
       </c>
       <c r="C875" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D875" s="0" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="E875" s="2">
-        <v>354.79</v>
+        <v>44.38</v>
       </c>
       <c r="F875" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>2102</v>
+        <v>2099</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>2085</v>
+        <v>2011</v>
       </c>
       <c r="C876" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D876" s="0" t="s">
-        <v>2103</v>
+        <v>2096</v>
       </c>
       <c r="E876" s="2">
-        <v>58.48</v>
+        <v>44.79</v>
       </c>
       <c r="F876" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>2104</v>
+        <v>2100</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1785</v>
+        <v>2011</v>
       </c>
       <c r="C877" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D877" s="0" t="s">
-        <v>2105</v>
+        <v>2096</v>
       </c>
       <c r="E877" s="2">
-        <v>1624.33</v>
+        <v>44.79</v>
       </c>
       <c r="F877" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>2106</v>
+        <v>2101</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>2107</v>
+        <v>2102</v>
       </c>
       <c r="C878" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D878" s="0" t="s">
-        <v>2108</v>
+        <v>44</v>
       </c>
       <c r="E878" s="2">
-        <v>593.27</v>
+        <v>112.76</v>
       </c>
       <c r="F878" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>2109</v>
+        <v>2103</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>2110</v>
+        <v>2005</v>
       </c>
       <c r="C879" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D879" s="0" t="s">
-        <v>2111</v>
+        <v>2104</v>
       </c>
       <c r="E879" s="2">
-        <v>1106.7</v>
+        <v>456.06</v>
       </c>
       <c r="F879" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>2112</v>
+        <v>2105</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>2113</v>
+        <v>2106</v>
       </c>
       <c r="C880" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D880" s="0" t="s">
-        <v>51</v>
+        <v>2107</v>
       </c>
       <c r="E880" s="2">
-        <v>3935.15</v>
+        <v>802.36</v>
       </c>
       <c r="F880" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>2114</v>
+        <v>2108</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>2115</v>
+        <v>2109</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D881" s="0" t="s">
-        <v>2116</v>
+        <v>2110</v>
       </c>
       <c r="E881" s="2">
-        <v>923.54</v>
+        <v>1693.4</v>
       </c>
       <c r="F881" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>2117</v>
+        <v>2111</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>2118</v>
+        <v>2109</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D882" s="0" t="s">
-        <v>2119</v>
+        <v>2112</v>
       </c>
       <c r="E882" s="2">
-        <v>345.06</v>
+        <v>1254.93</v>
       </c>
       <c r="F882" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>2118</v>
+        <v>2114</v>
       </c>
       <c r="C883" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D883" s="0" t="s">
-        <v>2121</v>
+        <v>185</v>
       </c>
       <c r="E883" s="2">
-        <v>243.5</v>
+        <v>34.66</v>
       </c>
       <c r="F883" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>2122</v>
+        <v>2115</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>2123</v>
+        <v>2114</v>
       </c>
       <c r="C884" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D884" s="0" t="s">
-        <v>2124</v>
+        <v>185</v>
       </c>
       <c r="E884" s="2">
-        <v>380.87</v>
+        <v>86.83</v>
       </c>
       <c r="F884" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>2125</v>
+        <v>2116</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>2126</v>
+        <v>2117</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D885" s="0" t="s">
-        <v>2127</v>
+        <v>2110</v>
       </c>
       <c r="E885" s="2">
-        <v>0.81</v>
+        <v>2078.43</v>
       </c>
       <c r="F885" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>2128</v>
+        <v>2118</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>1455</v>
+        <v>2117</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D886" s="0" t="s">
-        <v>2129</v>
+        <v>2112</v>
       </c>
       <c r="E886" s="2">
-        <v>646.92</v>
+        <v>1254.93</v>
       </c>
       <c r="F886" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>2130</v>
+        <v>2119</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>2131</v>
+        <v>2120</v>
       </c>
       <c r="C887" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D887" s="0" t="s">
-        <v>2132</v>
+        <v>185</v>
       </c>
       <c r="E887" s="2">
-        <v>719.2</v>
+        <v>20.02</v>
       </c>
       <c r="F887" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>2133</v>
+        <v>2121</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>2134</v>
+        <v>2122</v>
       </c>
       <c r="C888" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D888" s="0" t="s">
-        <v>2135</v>
+        <v>44</v>
       </c>
       <c r="E888" s="2">
-        <v>571.38</v>
+        <v>243.04</v>
       </c>
       <c r="F888" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>2136</v>
+        <v>2123</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>2137</v>
+        <v>2124</v>
       </c>
       <c r="C889" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D889" s="0" t="s">
-        <v>2138</v>
+        <v>44</v>
       </c>
       <c r="E889" s="2">
-        <v>25.89</v>
+        <v>1585.45</v>
       </c>
       <c r="F889" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>2139</v>
+        <v>2125</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>2137</v>
+        <v>2126</v>
       </c>
       <c r="C890" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D890" s="0" t="s">
-        <v>2138</v>
+        <v>2127</v>
       </c>
       <c r="E890" s="2">
-        <v>556.37</v>
+        <v>1746.96</v>
       </c>
       <c r="F890" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>2140</v>
+        <v>2128</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>2141</v>
+        <v>2129</v>
       </c>
       <c r="C891" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D891" s="0" t="s">
-        <v>2142</v>
+        <v>2130</v>
       </c>
       <c r="E891" s="2">
-        <v>0.08</v>
+        <v>1266.81</v>
       </c>
       <c r="F891" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>2141</v>
+        <v>2132</v>
       </c>
       <c r="C892" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D892" s="0" t="s">
-        <v>2142</v>
+        <v>2133</v>
       </c>
       <c r="E892" s="2">
-        <v>0.04</v>
+        <v>374.35</v>
       </c>
       <c r="F892" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>2144</v>
+        <v>2134</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>2145</v>
+        <v>2135</v>
       </c>
       <c r="C893" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D893" s="0" t="s">
-        <v>51</v>
+        <v>2136</v>
       </c>
       <c r="E893" s="2">
-        <v>18.79</v>
+        <v>412.08</v>
       </c>
       <c r="F893" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>2146</v>
+        <v>2137</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>2147</v>
+        <v>1959</v>
       </c>
       <c r="C894" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D894" s="0" t="s">
-        <v>2142</v>
+        <v>1960</v>
       </c>
       <c r="E894" s="2">
-        <v>21.13</v>
+        <v>218.86</v>
       </c>
       <c r="F894" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>2148</v>
+        <v>2138</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>2147</v>
+        <v>2139</v>
       </c>
       <c r="C895" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D895" s="0" t="s">
-        <v>2149</v>
+        <v>2140</v>
       </c>
       <c r="E895" s="2">
-        <v>1321.27</v>
+        <v>95.04</v>
       </c>
       <c r="F895" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>2150</v>
+        <v>2141</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="C896" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D896" s="0" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="E896" s="2">
-        <v>352.55</v>
+        <v>68.89</v>
       </c>
       <c r="F896" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>2153</v>
+        <v>2144</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>2154</v>
+        <v>2145</v>
       </c>
       <c r="C897" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D897" s="0" t="s">
-        <v>51</v>
+        <v>2146</v>
       </c>
       <c r="E897" s="2">
-        <v>2691.78</v>
+        <v>742.28</v>
       </c>
       <c r="F897" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>2155</v>
+        <v>2147</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>2156</v>
+        <v>2148</v>
       </c>
       <c r="C898" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D898" s="0" t="s">
-        <v>214</v>
+        <v>2149</v>
       </c>
       <c r="E898" s="2">
-        <v>4.52</v>
+        <v>1544.31</v>
       </c>
       <c r="F898" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>2157</v>
+        <v>2150</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>2158</v>
+        <v>2151</v>
       </c>
       <c r="C899" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D899" s="0" t="s">
-        <v>214</v>
+        <v>2152</v>
       </c>
       <c r="E899" s="2">
-        <v>1.58</v>
+        <v>294.56</v>
       </c>
       <c r="F899" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>2159</v>
+        <v>2153</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>2158</v>
+        <v>2151</v>
       </c>
       <c r="C900" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D900" s="0" t="s">
-        <v>214</v>
+        <v>2152</v>
       </c>
       <c r="E900" s="2">
-        <v>1.58</v>
+        <v>70.14</v>
       </c>
       <c r="F900" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>2160</v>
+        <v>2154</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>2161</v>
+        <v>2155</v>
       </c>
       <c r="C901" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D901" s="0" t="s">
-        <v>214</v>
+        <v>2156</v>
       </c>
       <c r="E901" s="2">
-        <v>11.47</v>
+        <v>1043.73</v>
       </c>
       <c r="F901" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>2162</v>
+        <v>2157</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>2163</v>
+        <v>2158</v>
       </c>
       <c r="C902" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D902" s="0" t="s">
-        <v>51</v>
+        <v>2159</v>
       </c>
       <c r="E902" s="2">
-        <v>2296.96</v>
+        <v>1403.68</v>
       </c>
       <c r="F902" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>2164</v>
+        <v>2160</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="C903" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D903" s="0" t="s">
-        <v>2075</v>
+        <v>2162</v>
       </c>
       <c r="E903" s="2">
-        <v>189.89</v>
+        <v>112.72</v>
       </c>
       <c r="F903" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>2167</v>
+        <v>2161</v>
       </c>
       <c r="C904" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D904" s="0" t="s">
-        <v>2168</v>
+        <v>2164</v>
       </c>
       <c r="E904" s="2">
-        <v>41.66</v>
+        <v>18.01</v>
       </c>
       <c r="F904" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>2169</v>
+        <v>2165</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>2170</v>
+        <v>2166</v>
       </c>
       <c r="C905" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D905" s="0" t="s">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="E905" s="2">
-        <v>7.19</v>
+        <v>117.13</v>
       </c>
       <c r="F905" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>2172</v>
+        <v>2168</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>2173</v>
+        <v>2169</v>
       </c>
       <c r="C906" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D906" s="0" t="s">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="E906" s="2">
-        <v>137.86</v>
+        <v>216.68</v>
       </c>
       <c r="F906" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>2176</v>
+        <v>2169</v>
       </c>
       <c r="C907" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D907" s="0" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="E907" s="2">
-        <v>298.31</v>
+        <v>3125.13</v>
       </c>
       <c r="F907" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>2178</v>
+        <v>2173</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
       <c r="C908" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D908" s="0" t="s">
-        <v>2180</v>
+        <v>2174</v>
       </c>
       <c r="E908" s="2">
-        <v>1834.59</v>
+        <v>110.61</v>
       </c>
       <c r="F908" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>2181</v>
+        <v>2175</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="C909" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D909" s="0" t="s">
-        <v>2182</v>
+        <v>2177</v>
       </c>
       <c r="E909" s="2">
-        <v>1218.89</v>
+        <v>2.11</v>
       </c>
       <c r="F909" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>2183</v>
+        <v>2178</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>2184</v>
+        <v>2179</v>
       </c>
       <c r="C910" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D910" s="0" t="s">
-        <v>2185</v>
+        <v>2180</v>
       </c>
       <c r="E910" s="2">
-        <v>731.07</v>
+        <v>1117.68</v>
       </c>
       <c r="F910" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>2186</v>
+        <v>2181</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>2187</v>
+        <v>2182</v>
       </c>
       <c r="C911" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D911" s="0" t="s">
-        <v>2188</v>
+        <v>2183</v>
       </c>
       <c r="E911" s="2">
-        <v>22.98</v>
+        <v>0.12</v>
       </c>
       <c r="F911" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>2189</v>
+        <v>2184</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>2187</v>
+        <v>2185</v>
       </c>
       <c r="C912" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D912" s="0" t="s">
-        <v>2190</v>
+        <v>44</v>
       </c>
       <c r="E912" s="2">
-        <v>574.07</v>
+        <v>2500.44</v>
       </c>
       <c r="F912" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>2192</v>
+        <v>2187</v>
       </c>
       <c r="C913" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D913" s="0" t="s">
-        <v>2193</v>
+        <v>2188</v>
       </c>
       <c r="E913" s="2">
-        <v>332.17</v>
+        <v>19.13</v>
       </c>
       <c r="F913" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="C914" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D914" s="0" t="s">
-        <v>51</v>
+        <v>2191</v>
       </c>
       <c r="E914" s="2">
-        <v>2144.99</v>
+        <v>265.62</v>
       </c>
       <c r="F914" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>2196</v>
+        <v>2192</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>2197</v>
+        <v>2190</v>
       </c>
       <c r="C915" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D915" s="0" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
       <c r="E915" s="2">
-        <v>363.19</v>
+        <v>499.63</v>
       </c>
       <c r="F915" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
       <c r="C916" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D916" s="0" t="s">
-        <v>2201</v>
+        <v>44</v>
       </c>
       <c r="E916" s="2">
-        <v>201.27</v>
+        <v>416.42</v>
       </c>
       <c r="F916" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>2202</v>
+        <v>2196</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>2203</v>
+        <v>2197</v>
       </c>
       <c r="C917" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D917" s="0" t="s">
-        <v>2204</v>
+        <v>2198</v>
       </c>
       <c r="E917" s="2">
-        <v>974.77</v>
+        <v>200.55</v>
       </c>
       <c r="F917" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>2205</v>
+        <v>2199</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>2206</v>
+        <v>2200</v>
       </c>
       <c r="C918" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D918" s="0" t="s">
-        <v>2207</v>
+        <v>2201</v>
       </c>
       <c r="E918" s="2">
-        <v>468.62</v>
+        <v>1389.34</v>
       </c>
       <c r="F918" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>2208</v>
+        <v>2202</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>2209</v>
+        <v>2203</v>
       </c>
       <c r="C919" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D919" s="0" t="s">
-        <v>2210</v>
+        <v>2204</v>
       </c>
       <c r="E919" s="2">
-        <v>7.3</v>
+        <v>561.76</v>
       </c>
       <c r="F919" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>2211</v>
+        <v>2205</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
       <c r="C920" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D920" s="0" t="s">
-        <v>2210</v>
+        <v>2207</v>
       </c>
       <c r="E920" s="2">
-        <v>104.85</v>
+        <v>800.29</v>
       </c>
       <c r="F920" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>2212</v>
+        <v>2208</v>
       </c>
       <c r="B921" s="0" t="s">
         <v>2209</v>
       </c>
       <c r="C921" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D921" s="0" t="s">
         <v>2210</v>
       </c>
       <c r="E921" s="2">
-        <v>9.7</v>
+        <v>675.41</v>
       </c>
       <c r="F921" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="C922" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D922" s="0" t="s">
-        <v>2210</v>
+        <v>44</v>
       </c>
       <c r="E922" s="2">
-        <v>8.93</v>
+        <v>2144.99</v>
       </c>
       <c r="F922" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B923" s="0" t="s">
         <v>2214</v>
       </c>
-      <c r="B923" s="0" t="s">
+      <c r="C923" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D923" s="0" t="s">
         <v>2215</v>
       </c>
-      <c r="C923" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E923" s="2">
-        <v>4.31</v>
+        <v>1598.41</v>
       </c>
       <c r="F923" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B924" s="0" t="s">
         <v>2217</v>
       </c>
-      <c r="B924" s="0" t="s">
+      <c r="C924" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D924" s="0" t="s">
         <v>2218</v>
       </c>
-      <c r="C924" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E924" s="2">
-        <v>308.94</v>
+        <v>258.06</v>
       </c>
       <c r="F924" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B925" s="0" t="s">
         <v>2220</v>
       </c>
-      <c r="B925" s="0" t="s">
+      <c r="C925" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D925" s="0" t="s">
         <v>2221</v>
       </c>
-      <c r="C925" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E925" s="2">
-        <v>2726.09</v>
+        <v>1448.95</v>
       </c>
       <c r="F925" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C926" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D926" s="0" t="s">
         <v>2223</v>
       </c>
-      <c r="B926" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E926" s="2">
-        <v>430.94</v>
+        <v>109.14</v>
       </c>
       <c r="F926" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
         <v>2224</v>
       </c>
       <c r="B927" s="0" t="s">
         <v>2225</v>
       </c>
       <c r="C927" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D927" s="0" t="s">
         <v>2226</v>
       </c>
       <c r="E927" s="2">
-        <v>7.37</v>
+        <v>103.89</v>
       </c>
       <c r="F927" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
         <v>2227</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="C928" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D928" s="0" t="s">
-        <v>2228</v>
+        <v>2164</v>
       </c>
       <c r="E928" s="2">
-        <v>89.28</v>
+        <v>613.91</v>
       </c>
       <c r="F928" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
         <v>2229</v>
       </c>
       <c r="B929" s="0" t="s">
         <v>2230</v>
       </c>
       <c r="C929" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D929" s="0" t="s">
-        <v>2231</v>
+        <v>44</v>
       </c>
       <c r="E929" s="2">
-        <v>405.35</v>
+        <v>2296.66</v>
       </c>
       <c r="F929" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B930" s="0" t="s">
         <v>2232</v>
       </c>
-      <c r="B930" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C930" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D930" s="0" t="s">
-        <v>2234</v>
+        <v>44</v>
       </c>
       <c r="E930" s="2">
-        <v>63.91</v>
+        <v>941.67</v>
       </c>
       <c r="F930" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D931" s="0" t="s">
-        <v>2236</v>
+        <v>44</v>
       </c>
       <c r="E931" s="2">
-        <v>3856.26</v>
+        <v>355.8</v>
       </c>
       <c r="F931" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>2237</v>
+        <v>2235</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>2238</v>
+        <v>2236</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D932" s="0" t="s">
-        <v>2239</v>
+        <v>44</v>
       </c>
       <c r="E932" s="2">
-        <v>3433.65</v>
+        <v>623.49</v>
       </c>
       <c r="F932" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>2240</v>
+        <v>2237</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>2241</v>
+        <v>1857</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D933" s="0" t="s">
-        <v>2242</v>
+        <v>2238</v>
       </c>
       <c r="E933" s="2">
-        <v>5.45</v>
+        <v>127.84</v>
       </c>
       <c r="F933" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>2243</v>
+        <v>2239</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>2244</v>
+        <v>1857</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D934" s="0" t="s">
-        <v>2245</v>
+        <v>1858</v>
       </c>
       <c r="E934" s="2">
-        <v>33.84</v>
+        <v>62.79</v>
       </c>
       <c r="F934" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>2246</v>
+        <v>2240</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>2247</v>
+        <v>2241</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D935" s="0" t="s">
-        <v>2248</v>
+        <v>2242</v>
       </c>
       <c r="E935" s="2">
-        <v>39.69</v>
+        <v>5.28</v>
       </c>
       <c r="F935" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>2249</v>
+        <v>2243</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>2250</v>
+        <v>2244</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D936" s="0" t="s">
-        <v>2251</v>
+        <v>44</v>
       </c>
       <c r="E936" s="2">
-        <v>480.39</v>
+        <v>762.31</v>
       </c>
       <c r="F936" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>2252</v>
+        <v>2245</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>2253</v>
+        <v>2246</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D937" s="0" t="s">
-        <v>2254</v>
+        <v>2247</v>
       </c>
       <c r="E937" s="2">
-        <v>337.22</v>
+        <v>1303.33</v>
       </c>
       <c r="F937" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>2255</v>
+        <v>2248</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>2253</v>
+        <v>2246</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D938" s="0" t="s">
-        <v>480</v>
+        <v>2249</v>
       </c>
       <c r="E938" s="2">
-        <v>151.68</v>
+        <v>1088.8</v>
       </c>
       <c r="F938" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>2256</v>
+        <v>2250</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>2257</v>
+        <v>2251</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D939" s="0" t="s">
-        <v>2258</v>
+        <v>2252</v>
       </c>
       <c r="E939" s="2">
-        <v>508.18</v>
+        <v>115.05</v>
       </c>
       <c r="F939" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>2259</v>
+        <v>2253</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>2260</v>
+        <v>2254</v>
       </c>
       <c r="C940" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D940" s="0" t="s">
-        <v>2261</v>
+        <v>2255</v>
       </c>
       <c r="E940" s="2">
-        <v>112.93</v>
+        <v>55.09</v>
       </c>
       <c r="F940" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>2262</v>
+        <v>2256</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>2263</v>
+        <v>2254</v>
       </c>
       <c r="C941" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D941" s="0" t="s">
-        <v>2264</v>
+        <v>2257</v>
       </c>
       <c r="E941" s="2">
-        <v>600.16</v>
+        <v>287.48</v>
       </c>
       <c r="F941" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>2265</v>
+        <v>2258</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>2263</v>
+        <v>2254</v>
       </c>
       <c r="C942" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D942" s="0" t="s">
-        <v>480</v>
+        <v>2259</v>
       </c>
       <c r="E942" s="2">
-        <v>73.32</v>
+        <v>96.89</v>
       </c>
       <c r="F942" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>2266</v>
+        <v>2260</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>2267</v>
+        <v>2261</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D943" s="0" t="s">
-        <v>2268</v>
+        <v>2262</v>
       </c>
       <c r="E943" s="2">
-        <v>503.23</v>
+        <v>546.9</v>
       </c>
       <c r="F943" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>2270</v>
+        <v>2261</v>
       </c>
       <c r="C944" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D944" s="0" t="s">
-        <v>2271</v>
+        <v>2264</v>
       </c>
       <c r="E944" s="2">
-        <v>4.25</v>
+        <v>364.41</v>
       </c>
       <c r="F944" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>2272</v>
+        <v>2265</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>2273</v>
+        <v>2266</v>
       </c>
       <c r="C945" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D945" s="0" t="s">
-        <v>51</v>
+        <v>2267</v>
       </c>
       <c r="E945" s="2">
-        <v>480.27</v>
+        <v>165.43</v>
       </c>
       <c r="F945" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>2274</v>
+        <v>2268</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>2275</v>
+        <v>2269</v>
       </c>
       <c r="C946" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D946" s="0" t="s">
-        <v>2276</v>
+        <v>2270</v>
       </c>
       <c r="E946" s="2">
-        <v>1149.85</v>
+        <v>82.4</v>
       </c>
       <c r="F946" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>2277</v>
+        <v>2271</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>2278</v>
+        <v>2272</v>
       </c>
       <c r="C947" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D947" s="0" t="s">
-        <v>2279</v>
+        <v>2273</v>
       </c>
       <c r="E947" s="2">
-        <v>1449.67</v>
+        <v>1577.28</v>
       </c>
       <c r="F947" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>2280</v>
+        <v>2274</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>2281</v>
+        <v>2275</v>
       </c>
       <c r="C948" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D948" s="0" t="s">
-        <v>2282</v>
+        <v>2276</v>
       </c>
       <c r="E948" s="2">
-        <v>78.74</v>
+        <v>306.23</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>2283</v>
+        <v>2277</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>2284</v>
+        <v>2278</v>
       </c>
       <c r="C949" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D949" s="0" t="s">
-        <v>2285</v>
+        <v>2255</v>
       </c>
       <c r="E949" s="2">
-        <v>16.88</v>
+        <v>2.06</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>2286</v>
+        <v>2279</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>2287</v>
+        <v>2278</v>
       </c>
       <c r="C950" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D950" s="0" t="s">
-        <v>2288</v>
+        <v>2255</v>
       </c>
       <c r="E950" s="2">
-        <v>3685.9</v>
+        <v>2.45</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>2289</v>
+        <v>2280</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>2284</v>
+        <v>2281</v>
       </c>
       <c r="C951" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D951" s="0" t="s">
-        <v>2285</v>
+        <v>44</v>
       </c>
       <c r="E951" s="2">
-        <v>10.84</v>
+        <v>1914.81</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>2284</v>
+        <v>2187</v>
       </c>
       <c r="C952" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D952" s="0" t="s">
-        <v>2291</v>
+        <v>2283</v>
       </c>
       <c r="E952" s="2">
-        <v>10</v>
+        <v>671.65</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>2292</v>
+        <v>2284</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>2284</v>
+        <v>2197</v>
       </c>
       <c r="C953" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D953" s="0" t="s">
-        <v>2293</v>
+        <v>2285</v>
       </c>
       <c r="E953" s="2">
-        <v>4.33</v>
+        <v>219.23</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>2294</v>
+        <v>2286</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>2284</v>
+        <v>2197</v>
       </c>
       <c r="C954" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D954" s="0" t="s">
-        <v>2295</v>
+        <v>2287</v>
       </c>
       <c r="E954" s="2">
-        <v>86.49</v>
+        <v>175.96</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>2296</v>
+        <v>2288</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>2284</v>
+        <v>2289</v>
       </c>
       <c r="C955" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D955" s="0" t="s">
-        <v>2297</v>
+        <v>2290</v>
       </c>
       <c r="E955" s="2">
-        <v>1.66</v>
+        <v>1.89</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>2298</v>
+        <v>2291</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>2299</v>
+        <v>2289</v>
       </c>
       <c r="C956" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D956" s="0" t="s">
-        <v>51</v>
+        <v>2290</v>
       </c>
       <c r="E956" s="2">
-        <v>42.69</v>
+        <v>1.89</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>2300</v>
+        <v>2292</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>2301</v>
+        <v>2293</v>
       </c>
       <c r="C957" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D957" s="0" t="s">
-        <v>2302</v>
+        <v>2294</v>
       </c>
       <c r="E957" s="2">
-        <v>2086.36</v>
+        <v>651.2</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>2303</v>
+        <v>2295</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>2304</v>
+        <v>2296</v>
       </c>
       <c r="C958" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D958" s="0" t="s">
-        <v>2305</v>
+        <v>56</v>
       </c>
       <c r="E958" s="2">
-        <v>115.5</v>
+        <v>0.88</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>2306</v>
+        <v>2297</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>2307</v>
+        <v>2296</v>
       </c>
       <c r="C959" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D959" s="0" t="s">
-        <v>2308</v>
+        <v>2298</v>
       </c>
       <c r="E959" s="2">
-        <v>526.91</v>
+        <v>1.33</v>
       </c>
       <c r="F959" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>2309</v>
+        <v>2299</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>2310</v>
+        <v>2296</v>
       </c>
       <c r="C960" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D960" s="0" t="s">
-        <v>2311</v>
+        <v>2300</v>
       </c>
       <c r="E960" s="2">
-        <v>5.56</v>
+        <v>1.37</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>2312</v>
+        <v>2301</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>2313</v>
+        <v>2296</v>
       </c>
       <c r="C961" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D961" s="0" t="s">
-        <v>2314</v>
+        <v>56</v>
       </c>
       <c r="E961" s="2">
-        <v>5.56</v>
+        <v>1.34</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>2315</v>
+        <v>2302</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>2316</v>
+        <v>2296</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D962" s="0" t="s">
-        <v>2317</v>
+        <v>2303</v>
       </c>
       <c r="E962" s="2">
-        <v>23.21</v>
+        <v>15.84</v>
       </c>
       <c r="F962" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>2318</v>
+        <v>2304</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>2316</v>
+        <v>2296</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D963" s="0" t="s">
-        <v>2319</v>
+        <v>56</v>
       </c>
       <c r="E963" s="2">
-        <v>26.16</v>
+        <v>0.59</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>2320</v>
+        <v>2305</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>2316</v>
+        <v>2296</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D964" s="0" t="s">
-        <v>2321</v>
+        <v>56</v>
       </c>
       <c r="E964" s="2">
-        <v>15.57</v>
+        <v>0.59</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>2322</v>
+        <v>2306</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>2316</v>
+        <v>2307</v>
       </c>
       <c r="C965" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D965" s="0" t="s">
-        <v>2323</v>
+        <v>44</v>
       </c>
       <c r="E965" s="2">
-        <v>33.63</v>
+        <v>539.89</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>2324</v>
+        <v>2308</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>2325</v>
+        <v>2309</v>
       </c>
       <c r="C966" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D966" s="0" t="s">
-        <v>2326</v>
+        <v>2310</v>
       </c>
       <c r="E966" s="2">
-        <v>812.78</v>
+        <v>49.32</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>2327</v>
+        <v>2311</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>2328</v>
+        <v>2312</v>
       </c>
       <c r="C967" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D967" s="0" t="s">
-        <v>2329</v>
+        <v>44</v>
       </c>
       <c r="E967" s="2">
-        <v>36.13</v>
+        <v>2882.92</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>2330</v>
+        <v>2313</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>882</v>
+        <v>2314</v>
       </c>
       <c r="C968" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D968" s="0" t="s">
-        <v>2331</v>
+        <v>2315</v>
       </c>
       <c r="E968" s="2">
-        <v>932.38</v>
+        <v>253.21</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>2332</v>
+        <v>2316</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>2333</v>
+        <v>2317</v>
       </c>
       <c r="C969" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D969" s="0" t="s">
-        <v>2334</v>
+        <v>2318</v>
       </c>
       <c r="E969" s="2">
-        <v>122.09</v>
+        <v>223.12</v>
       </c>
       <c r="F969" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>2335</v>
+        <v>2319</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>2328</v>
+        <v>2278</v>
       </c>
       <c r="C970" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D970" s="0" t="s">
-        <v>2336</v>
+        <v>2320</v>
       </c>
       <c r="E970" s="2">
-        <v>431.66</v>
+        <v>93.81</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>2337</v>
+        <v>2321</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>2328</v>
+        <v>2278</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D971" s="0" t="s">
-        <v>2338</v>
+        <v>2322</v>
       </c>
       <c r="E971" s="2">
-        <v>135.91</v>
+        <v>93.13</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>2339</v>
+        <v>2323</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>2340</v>
+        <v>2278</v>
       </c>
       <c r="C972" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D972" s="0" t="s">
-        <v>2341</v>
+        <v>2324</v>
       </c>
       <c r="E972" s="2">
-        <v>3.12</v>
+        <v>195.97</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>2342</v>
+        <v>2325</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>2343</v>
+        <v>2278</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D973" s="0" t="s">
-        <v>2344</v>
+        <v>2326</v>
       </c>
       <c r="E973" s="2">
-        <v>0.21</v>
+        <v>62.87</v>
       </c>
       <c r="F973" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>2345</v>
+        <v>2327</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>2284</v>
+        <v>2278</v>
       </c>
       <c r="C974" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D974" s="0" t="s">
-        <v>2346</v>
+        <v>2328</v>
       </c>
       <c r="E974" s="2">
-        <v>1040.92</v>
+        <v>96.03</v>
       </c>
       <c r="F974" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>2347</v>
+        <v>2329</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>2284</v>
+        <v>2278</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D975" s="0" t="s">
-        <v>2348</v>
+        <v>2330</v>
       </c>
       <c r="E975" s="2">
-        <v>2.44</v>
+        <v>188.56</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>2349</v>
+        <v>2331</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>2284</v>
+        <v>2332</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D976" s="0" t="s">
-        <v>2350</v>
+        <v>2226</v>
       </c>
       <c r="E976" s="2">
-        <v>13.68</v>
+        <v>338.29</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>2351</v>
+        <v>2333</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>2284</v>
+        <v>2332</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D977" s="0" t="s">
-        <v>2352</v>
+        <v>2334</v>
       </c>
       <c r="E977" s="2">
-        <v>4.74</v>
+        <v>10.84</v>
       </c>
       <c r="F977" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>2353</v>
+        <v>2335</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>2354</v>
+        <v>2336</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D978" s="0" t="s">
-        <v>2355</v>
+        <v>2337</v>
       </c>
       <c r="E978" s="2">
-        <v>35.29</v>
+        <v>795.1</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>2356</v>
+        <v>2338</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>2357</v>
+        <v>2336</v>
       </c>
       <c r="C979" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D979" s="0" t="s">
-        <v>2358</v>
+        <v>2339</v>
       </c>
       <c r="E979" s="2">
-        <v>19.59</v>
+        <v>197.53</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>2359</v>
+        <v>2340</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>2360</v>
+        <v>2278</v>
       </c>
       <c r="C980" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D980" s="0" t="s">
-        <v>2361</v>
+        <v>2341</v>
       </c>
       <c r="E980" s="2">
-        <v>1660.36</v>
+        <v>33.94</v>
       </c>
       <c r="F980" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>2362</v>
+        <v>2342</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>2363</v>
+        <v>2278</v>
       </c>
       <c r="C981" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D981" s="0" t="s">
-        <v>2364</v>
+        <v>2343</v>
       </c>
       <c r="E981" s="2">
-        <v>1506.42</v>
+        <v>268.07</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>2365</v>
+        <v>2344</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>2366</v>
+        <v>2345</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D982" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E982" s="2">
-        <v>153.58</v>
+        <v>416.42</v>
       </c>
       <c r="F982" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>2367</v>
+        <v>2346</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>2368</v>
+        <v>2347</v>
       </c>
       <c r="C983" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D983" s="0" t="s">
-        <v>51</v>
+        <v>2348</v>
       </c>
       <c r="E983" s="2">
-        <v>3648.13</v>
+        <v>1086.43</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>2369</v>
+        <v>2349</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>2370</v>
+        <v>2347</v>
       </c>
       <c r="C984" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D984" s="0" t="s">
-        <v>51</v>
+        <v>2350</v>
       </c>
       <c r="E984" s="2">
-        <v>112.76</v>
+        <v>802.19</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>2371</v>
+        <v>2351</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>2372</v>
+        <v>2352</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D985" s="0" t="s">
-        <v>695</v>
+        <v>2353</v>
       </c>
       <c r="E985" s="2">
-        <v>8.27</v>
+        <v>54.23</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>2373</v>
+        <v>2354</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>2372</v>
+        <v>2352</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D986" s="0" t="s">
-        <v>2374</v>
+        <v>2355</v>
       </c>
       <c r="E986" s="2">
-        <v>5.73</v>
+        <v>819.71</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>2375</v>
+        <v>2356</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>2372</v>
+        <v>2289</v>
       </c>
       <c r="C987" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D987" s="0" t="s">
-        <v>698</v>
+        <v>2357</v>
       </c>
       <c r="E987" s="2">
-        <v>2.67</v>
+        <v>9.92</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>2376</v>
+        <v>2358</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>2372</v>
+        <v>2359</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D988" s="0" t="s">
-        <v>709</v>
+        <v>2360</v>
       </c>
       <c r="E988" s="2">
-        <v>6.94</v>
+        <v>229</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>2377</v>
+        <v>2361</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>2357</v>
+        <v>1857</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D989" s="0" t="s">
-        <v>2378</v>
+        <v>2238</v>
       </c>
       <c r="E989" s="2">
-        <v>123.36</v>
+        <v>67.43</v>
       </c>
       <c r="F989" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>2379</v>
+        <v>2362</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>2380</v>
+        <v>1857</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D990" s="0" t="s">
-        <v>2378</v>
+        <v>2238</v>
       </c>
       <c r="E990" s="2">
-        <v>16.18</v>
+        <v>15.61</v>
       </c>
       <c r="F990" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>2381</v>
+        <v>2363</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>2357</v>
+        <v>1857</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D991" s="0" t="s">
-        <v>2378</v>
+        <v>2238</v>
       </c>
       <c r="E991" s="2">
-        <v>30.98</v>
+        <v>74.06</v>
       </c>
       <c r="F991" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>2382</v>
+        <v>2364</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>2383</v>
+        <v>1857</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D992" s="0" t="s">
-        <v>2384</v>
+        <v>2238</v>
       </c>
       <c r="E992" s="2">
-        <v>413.91</v>
+        <v>12.55</v>
       </c>
       <c r="F992" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>2385</v>
+        <v>2365</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>2386</v>
+        <v>2366</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D993" s="0" t="s">
-        <v>2387</v>
+        <v>2367</v>
       </c>
       <c r="E993" s="2">
-        <v>15.51</v>
+        <v>186.6</v>
       </c>
       <c r="F993" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>2388</v>
+        <v>2368</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>2386</v>
+        <v>2369</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D994" s="0" t="s">
-        <v>2389</v>
+        <v>2370</v>
       </c>
       <c r="E994" s="2">
-        <v>238.68</v>
+        <v>2.85</v>
       </c>
       <c r="F994" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>2390</v>
+        <v>2371</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>2386</v>
+        <v>2179</v>
       </c>
       <c r="C995" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D995" s="0" t="s">
-        <v>2389</v>
+        <v>2372</v>
       </c>
       <c r="E995" s="2">
-        <v>93.73</v>
+        <v>161.75</v>
       </c>
       <c r="F995" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>2391</v>
+        <v>2373</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>2386</v>
+        <v>2374</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D996" s="0" t="s">
-        <v>2389</v>
+        <v>2375</v>
       </c>
       <c r="E996" s="2">
-        <v>238.68</v>
+        <v>8.57</v>
       </c>
       <c r="F996" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>2392</v>
+        <v>2376</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>2299</v>
+        <v>2374</v>
       </c>
       <c r="C997" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D997" s="0" t="s">
-        <v>2389</v>
+        <v>2377</v>
       </c>
       <c r="E997" s="2">
-        <v>2.18</v>
+        <v>1.61</v>
       </c>
       <c r="F997" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>2393</v>
+        <v>2378</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>2299</v>
+        <v>2197</v>
       </c>
       <c r="C998" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D998" s="0" t="s">
-        <v>2394</v>
+        <v>2379</v>
       </c>
       <c r="E998" s="2">
-        <v>1.48</v>
+        <v>1106.15</v>
       </c>
       <c r="F998" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>2395</v>
+        <v>2380</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>2396</v>
+        <v>2381</v>
       </c>
       <c r="C999" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D999" s="0" t="s">
-        <v>2397</v>
+        <v>2382</v>
       </c>
       <c r="E999" s="2">
-        <v>6098.25</v>
+        <v>7.63</v>
       </c>
       <c r="F999" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>2398</v>
+        <v>2383</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>2396</v>
+        <v>2381</v>
       </c>
       <c r="C1000" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1000" s="0" t="s">
-        <v>2399</v>
+        <v>2384</v>
       </c>
       <c r="E1000" s="2">
-        <v>20.37</v>
+        <v>0.89</v>
       </c>
       <c r="F1000" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>2400</v>
+        <v>2385</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>2313</v>
+        <v>2381</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1001" s="0" t="s">
-        <v>2401</v>
+        <v>2386</v>
       </c>
       <c r="E1001" s="2">
-        <v>42.19</v>
+        <v>2.32</v>
       </c>
       <c r="F1001" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>2402</v>
+        <v>2387</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>2313</v>
+        <v>2381</v>
       </c>
       <c r="C1002" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1002" s="0" t="s">
-        <v>2401</v>
+        <v>2388</v>
       </c>
       <c r="E1002" s="2">
-        <v>37.17</v>
+        <v>0.84</v>
       </c>
       <c r="F1002" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>2403</v>
+        <v>2389</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>2313</v>
+        <v>2381</v>
       </c>
       <c r="C1003" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1003" s="0" t="s">
-        <v>2401</v>
+        <v>2390</v>
       </c>
       <c r="E1003" s="2">
-        <v>44.38</v>
+        <v>0.12</v>
       </c>
       <c r="F1003" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>2404</v>
+        <v>2391</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>2313</v>
+        <v>2381</v>
       </c>
       <c r="C1004" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1004" s="0" t="s">
-        <v>2401</v>
+        <v>2392</v>
       </c>
       <c r="E1004" s="2">
-        <v>44.79</v>
+        <v>5.47</v>
       </c>
       <c r="F1004" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>2405</v>
+        <v>2393</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>2313</v>
+        <v>2394</v>
       </c>
       <c r="C1005" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1005" s="0" t="s">
-        <v>2401</v>
+        <v>2395</v>
       </c>
       <c r="E1005" s="2">
-        <v>44.79</v>
+        <v>210.24</v>
       </c>
       <c r="F1005" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>2406</v>
+        <v>2396</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>2407</v>
+        <v>2394</v>
       </c>
       <c r="C1006" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1006" s="0" t="s">
-        <v>51</v>
+        <v>2397</v>
       </c>
       <c r="E1006" s="2">
-        <v>112.76</v>
+        <v>26.55</v>
       </c>
       <c r="F1006" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>2408</v>
+        <v>2398</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>2307</v>
+        <v>1857</v>
       </c>
       <c r="C1007" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1007" s="0" t="s">
-        <v>2409</v>
+        <v>1858</v>
       </c>
       <c r="E1007" s="2">
-        <v>456.06</v>
+        <v>162.81</v>
       </c>
       <c r="F1007" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>2410</v>
+        <v>2399</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>2411</v>
+        <v>1857</v>
       </c>
       <c r="C1008" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1008" s="0" t="s">
-        <v>2412</v>
+        <v>1858</v>
       </c>
       <c r="E1008" s="2">
-        <v>802.36</v>
+        <v>51.07</v>
       </c>
       <c r="F1008" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>2413</v>
+        <v>2400</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>2414</v>
+        <v>1857</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1009" s="0" t="s">
-        <v>2415</v>
+        <v>2401</v>
       </c>
       <c r="E1009" s="2">
-        <v>1693.4</v>
+        <v>417.17</v>
       </c>
       <c r="F1009" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>2416</v>
+        <v>2402</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>2414</v>
+        <v>2403</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1010" s="0" t="s">
-        <v>2417</v>
+        <v>2404</v>
       </c>
       <c r="E1010" s="2">
-        <v>1254.93</v>
+        <v>2335.18</v>
       </c>
       <c r="F1010" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>2418</v>
+        <v>2405</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>2419</v>
+        <v>2406</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1011" s="0" t="s">
-        <v>214</v>
+        <v>2407</v>
       </c>
       <c r="E1011" s="2">
-        <v>34.66</v>
+        <v>247.59</v>
       </c>
       <c r="F1011" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>2420</v>
+        <v>2408</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>2419</v>
+        <v>2409</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1012" s="0" t="s">
-        <v>214</v>
+        <v>2410</v>
       </c>
       <c r="E1012" s="2">
-        <v>86.83</v>
+        <v>211.49</v>
       </c>
       <c r="F1012" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>2421</v>
+        <v>2411</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>2422</v>
+        <v>2409</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1013" s="0" t="s">
-        <v>2415</v>
+        <v>2410</v>
       </c>
       <c r="E1013" s="2">
-        <v>2078.43</v>
+        <v>36.95</v>
       </c>
       <c r="F1013" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>2423</v>
+        <v>2412</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>2422</v>
+        <v>2409</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1014" s="0" t="s">
-        <v>2417</v>
+        <v>2410</v>
       </c>
       <c r="E1014" s="2">
-        <v>1254.93</v>
+        <v>8.86</v>
       </c>
       <c r="F1014" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>2424</v>
+        <v>2413</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>2425</v>
+        <v>2409</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1015" s="0" t="s">
-        <v>214</v>
+        <v>2414</v>
       </c>
       <c r="E1015" s="2">
-        <v>20.02</v>
+        <v>759.44</v>
       </c>
       <c r="F1015" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>2426</v>
+        <v>2415</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>2427</v>
+        <v>2409</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1016" s="0" t="s">
-        <v>51</v>
+        <v>2410</v>
       </c>
       <c r="E1016" s="2">
-        <v>243.04</v>
+        <v>61.51</v>
       </c>
       <c r="F1016" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>2428</v>
+        <v>2416</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>2429</v>
+        <v>2332</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1017" s="0" t="s">
-        <v>51</v>
+        <v>2417</v>
       </c>
       <c r="E1017" s="2">
-        <v>1585.45</v>
+        <v>2.77</v>
       </c>
       <c r="F1017" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>2430</v>
+        <v>2418</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>2431</v>
+        <v>2419</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1018" s="0" t="s">
-        <v>2432</v>
+        <v>2420</v>
       </c>
       <c r="E1018" s="2">
-        <v>1746.96</v>
+        <v>349.85</v>
       </c>
       <c r="F1018" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>2433</v>
+        <v>2421</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>2434</v>
+        <v>2419</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1019" s="0" t="s">
-        <v>2435</v>
+        <v>2422</v>
       </c>
       <c r="E1019" s="2">
-        <v>1266.81</v>
+        <v>371.84</v>
       </c>
       <c r="F1019" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>2436</v>
+        <v>2423</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>2437</v>
+        <v>2419</v>
       </c>
       <c r="C1020" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1020" s="0" t="s">
-        <v>2438</v>
+        <v>2424</v>
       </c>
       <c r="E1020" s="2">
-        <v>374.35</v>
+        <v>337.34</v>
       </c>
       <c r="F1020" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>2439</v>
+        <v>2425</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>2440</v>
+        <v>2166</v>
       </c>
       <c r="C1021" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1021" s="0" t="s">
-        <v>2441</v>
+        <v>2426</v>
       </c>
       <c r="E1021" s="2">
-        <v>412.08</v>
+        <v>129.05</v>
       </c>
       <c r="F1021" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>2442</v>
+        <v>2427</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>2253</v>
+        <v>2428</v>
       </c>
       <c r="C1022" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1022" s="0" t="s">
-        <v>2254</v>
+        <v>2164</v>
       </c>
       <c r="E1022" s="2">
-        <v>218.86</v>
+        <v>0.23</v>
       </c>
       <c r="F1022" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>2443</v>
+        <v>2429</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>2444</v>
+        <v>2430</v>
       </c>
       <c r="C1023" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1023" s="0" t="s">
-        <v>2445</v>
+        <v>2431</v>
       </c>
       <c r="E1023" s="2">
-        <v>95.04</v>
+        <v>284.96</v>
       </c>
       <c r="F1023" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>2446</v>
+        <v>2432</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>2447</v>
+        <v>2433</v>
       </c>
       <c r="C1024" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1024" s="0" t="s">
-        <v>2448</v>
+        <v>2434</v>
       </c>
       <c r="E1024" s="2">
-        <v>68.89</v>
+        <v>9.87</v>
       </c>
       <c r="F1024" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>2449</v>
+        <v>2435</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>2450</v>
+        <v>2436</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1025" s="0" t="s">
-        <v>2451</v>
+        <v>2437</v>
       </c>
       <c r="E1025" s="2">
-        <v>4.41</v>
+        <v>95.51</v>
       </c>
       <c r="F1025" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>2452</v>
+        <v>2438</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>2450</v>
+        <v>2439</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1026" s="0" t="s">
-        <v>2451</v>
+        <v>2440</v>
       </c>
       <c r="E1026" s="2">
-        <v>12.57</v>
+        <v>1725.41</v>
       </c>
       <c r="F1026" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>2453</v>
+        <v>2441</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>2450</v>
+        <v>2439</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1027" s="0" t="s">
-        <v>934</v>
+        <v>2442</v>
       </c>
       <c r="E1027" s="2">
-        <v>5.5</v>
+        <v>121.61</v>
       </c>
       <c r="F1027" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>2454</v>
+        <v>2443</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>2455</v>
+        <v>2439</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1028" s="0" t="s">
-        <v>2456</v>
+        <v>2310</v>
       </c>
       <c r="E1028" s="2">
-        <v>742.28</v>
+        <v>45.68</v>
       </c>
       <c r="F1028" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>2457</v>
+        <v>2444</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>2458</v>
+        <v>2445</v>
       </c>
       <c r="C1029" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1029" s="0" t="s">
-        <v>2459</v>
+        <v>44</v>
       </c>
       <c r="E1029" s="2">
-        <v>0.74</v>
+        <v>683.65</v>
       </c>
       <c r="F1029" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>2460</v>
+        <v>2446</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>2461</v>
+        <v>2447</v>
       </c>
       <c r="C1030" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1030" s="0" t="s">
-        <v>2462</v>
+        <v>2448</v>
       </c>
       <c r="E1030" s="2">
-        <v>1544.31</v>
+        <v>8.21</v>
       </c>
       <c r="F1030" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>2463</v>
+        <v>2449</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>2464</v>
+        <v>2447</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1031" s="0" t="s">
-        <v>2465</v>
+        <v>2450</v>
       </c>
       <c r="E1031" s="2">
-        <v>294.56</v>
+        <v>240.22</v>
       </c>
       <c r="F1031" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>2466</v>
+        <v>2451</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>2464</v>
+        <v>2447</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1032" s="0" t="s">
-        <v>2465</v>
+        <v>2452</v>
       </c>
       <c r="E1032" s="2">
-        <v>70.14</v>
+        <v>16.43</v>
       </c>
       <c r="F1032" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>2467</v>
+        <v>2453</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>2468</v>
+        <v>2454</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1033" s="0" t="s">
-        <v>2469</v>
+        <v>2455</v>
       </c>
       <c r="E1033" s="2">
-        <v>1043.73</v>
+        <v>470.59</v>
       </c>
       <c r="F1033" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>2470</v>
+        <v>2456</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>2471</v>
+        <v>2454</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1034" s="0" t="s">
-        <v>2472</v>
+        <v>2455</v>
       </c>
       <c r="E1034" s="2">
-        <v>1403.68</v>
+        <v>1478.2</v>
       </c>
       <c r="F1034" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>2473</v>
+        <v>2457</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1035" s="0" t="s">
-        <v>2475</v>
+        <v>2459</v>
       </c>
       <c r="E1035" s="2">
-        <v>112.72</v>
+        <v>813.96</v>
       </c>
       <c r="F1035" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>2476</v>
+        <v>2460</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1036" s="0" t="s">
-        <v>2477</v>
+        <v>2459</v>
       </c>
       <c r="E1036" s="2">
-        <v>18.01</v>
+        <v>32.79</v>
       </c>
       <c r="F1036" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>2478</v>
+        <v>2461</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>2479</v>
+        <v>2462</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1037" s="0" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="E1037" s="2">
-        <v>117.13</v>
+        <v>95.61</v>
       </c>
       <c r="F1037" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>2482</v>
+        <v>2465</v>
       </c>
       <c r="C1038" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1038" s="0" t="s">
-        <v>2483</v>
+        <v>2466</v>
       </c>
       <c r="E1038" s="2">
-        <v>216.68</v>
+        <v>733.11</v>
       </c>
       <c r="F1038" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>2484</v>
+        <v>2467</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>2482</v>
+        <v>2468</v>
       </c>
       <c r="C1039" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1039" s="0" t="s">
-        <v>2485</v>
+        <v>2469</v>
       </c>
       <c r="E1039" s="2">
-        <v>3125.13</v>
+        <v>3373.88</v>
       </c>
       <c r="F1039" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>2486</v>
+        <v>2470</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>2482</v>
+        <v>2471</v>
       </c>
       <c r="C1040" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1040" s="0" t="s">
-        <v>2487</v>
+        <v>2469</v>
       </c>
       <c r="E1040" s="2">
-        <v>110.61</v>
+        <v>1612.52</v>
       </c>
       <c r="F1040" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>2488</v>
+        <v>2472</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>164</v>
+        <v>2473</v>
       </c>
       <c r="C1041" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1041" s="0" t="s">
-        <v>2489</v>
+        <v>897</v>
       </c>
       <c r="E1041" s="2">
-        <v>4273.37</v>
+        <v>30.84</v>
       </c>
       <c r="F1041" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>2490</v>
+        <v>2474</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>2491</v>
+        <v>2473</v>
       </c>
       <c r="C1042" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1042" s="0" t="s">
-        <v>2492</v>
+        <v>2475</v>
       </c>
       <c r="E1042" s="2">
-        <v>2.11</v>
+        <v>34.96</v>
       </c>
       <c r="F1042" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>2493</v>
+        <v>2476</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>2494</v>
+        <v>2473</v>
       </c>
       <c r="C1043" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1043" s="0" t="s">
-        <v>2495</v>
+        <v>2477</v>
       </c>
       <c r="E1043" s="2">
-        <v>1117.68</v>
+        <v>379.45</v>
       </c>
       <c r="F1043" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>2496</v>
+        <v>2478</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>2497</v>
+        <v>2479</v>
       </c>
       <c r="C1044" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1044" s="0" t="s">
-        <v>2498</v>
+        <v>2480</v>
       </c>
       <c r="E1044" s="2">
-        <v>0.12</v>
+        <v>184.8</v>
       </c>
       <c r="F1044" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>2499</v>
+        <v>2481</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>2500</v>
+        <v>323</v>
       </c>
       <c r="C1045" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1045" s="0" t="s">
-        <v>51</v>
+        <v>185</v>
       </c>
       <c r="E1045" s="2">
-        <v>2500.44</v>
+        <v>8.59</v>
       </c>
       <c r="F1045" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>2501</v>
+        <v>2482</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>2502</v>
+        <v>2483</v>
       </c>
       <c r="C1046" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1046" s="0" t="s">
-        <v>2503</v>
+        <v>44</v>
       </c>
       <c r="E1046" s="2">
-        <v>908.15</v>
+        <v>110.16</v>
       </c>
       <c r="F1046" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>2504</v>
+        <v>2484</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>2505</v>
+        <v>2485</v>
       </c>
       <c r="C1047" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1047" s="0" t="s">
-        <v>2506</v>
+        <v>44</v>
       </c>
       <c r="E1047" s="2">
-        <v>19.13</v>
+        <v>238.01</v>
       </c>
       <c r="F1047" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>2507</v>
+        <v>2486</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>2508</v>
+        <v>2487</v>
       </c>
       <c r="C1048" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1048" s="0" t="s">
-        <v>2509</v>
+        <v>44</v>
       </c>
       <c r="E1048" s="2">
-        <v>265.62</v>
+        <v>416.42</v>
       </c>
       <c r="F1048" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>2510</v>
+        <v>2488</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>2508</v>
+        <v>2489</v>
       </c>
       <c r="C1049" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1049" s="0" t="s">
-        <v>2511</v>
+        <v>44</v>
       </c>
       <c r="E1049" s="2">
-        <v>499.63</v>
+        <v>2309.1</v>
       </c>
       <c r="F1049" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>2512</v>
+        <v>2490</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>2513</v>
+        <v>2491</v>
       </c>
       <c r="C1050" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1050" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E1050" s="2">
-        <v>416.42</v>
+        <v>41.58</v>
       </c>
       <c r="F1050" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>2514</v>
+        <v>2492</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>2515</v>
+        <v>2493</v>
       </c>
       <c r="C1051" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1051" s="0" t="s">
-        <v>2516</v>
+        <v>44</v>
       </c>
       <c r="E1051" s="2">
-        <v>200.55</v>
+        <v>88.86</v>
       </c>
       <c r="F1051" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>2517</v>
+        <v>2494</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>2518</v>
+        <v>2495</v>
       </c>
       <c r="C1052" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1052" s="0" t="s">
-        <v>2519</v>
+        <v>44</v>
       </c>
       <c r="E1052" s="2">
-        <v>1389.34</v>
+        <v>2276.51</v>
       </c>
       <c r="F1052" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>2520</v>
+        <v>2496</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>2521</v>
+        <v>2497</v>
       </c>
       <c r="C1053" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1053" s="0" t="s">
-        <v>2522</v>
+        <v>44</v>
       </c>
       <c r="E1053" s="2">
-        <v>561.76</v>
+        <v>355.8</v>
       </c>
       <c r="F1053" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>2523</v>
+        <v>2498</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>2524</v>
+        <v>2499</v>
       </c>
       <c r="C1054" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1054" s="0" t="s">
-        <v>2525</v>
+        <v>44</v>
       </c>
       <c r="E1054" s="2">
-        <v>800.29</v>
+        <v>416.42</v>
       </c>
       <c r="F1054" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>2526</v>
+        <v>2500</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>2527</v>
+        <v>2501</v>
       </c>
       <c r="C1055" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1055" s="0" t="s">
-        <v>2528</v>
+        <v>44</v>
       </c>
       <c r="E1055" s="2">
-        <v>675.41</v>
+        <v>895.56</v>
       </c>
       <c r="F1055" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>2529</v>
+        <v>2502</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>2530</v>
+        <v>2503</v>
       </c>
       <c r="C1056" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1056" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E1056" s="2">
-        <v>2144.99</v>
+        <v>343.76</v>
       </c>
       <c r="F1056" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>2531</v>
+        <v>2504</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>2532</v>
+        <v>2505</v>
       </c>
       <c r="C1057" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1057" s="0" t="s">
-        <v>2533</v>
+        <v>2506</v>
       </c>
       <c r="E1057" s="2">
-        <v>1598.41</v>
+        <v>270.11</v>
       </c>
       <c r="F1057" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>2534</v>
+        <v>2507</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>2535</v>
+        <v>2508</v>
       </c>
       <c r="C1058" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1058" s="0" t="s">
-        <v>2536</v>
+        <v>2509</v>
       </c>
       <c r="E1058" s="2">
-        <v>258.06</v>
+        <v>26.71</v>
       </c>
       <c r="F1058" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>2537</v>
+        <v>2510</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>2538</v>
+        <v>2511</v>
       </c>
       <c r="C1059" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1059" s="0" t="s">
-        <v>2539</v>
+        <v>2512</v>
       </c>
       <c r="E1059" s="2">
-        <v>1448.95</v>
+        <v>2037.37</v>
       </c>
       <c r="F1059" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>2540</v>
+        <v>2513</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>2538</v>
+        <v>2514</v>
       </c>
       <c r="C1060" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1060" s="0" t="s">
-        <v>2541</v>
+        <v>2515</v>
       </c>
       <c r="E1060" s="2">
-        <v>109.14</v>
+        <v>785.75</v>
       </c>
       <c r="F1060" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>2542</v>
+        <v>2516</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>2543</v>
+        <v>2517</v>
       </c>
       <c r="C1061" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1061" s="0" t="s">
-        <v>2544</v>
+        <v>2518</v>
       </c>
       <c r="E1061" s="2">
-        <v>103.89</v>
+        <v>2462.86</v>
       </c>
       <c r="F1061" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>2545</v>
+        <v>2519</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>2546</v>
+        <v>2520</v>
       </c>
       <c r="C1062" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1062" s="0" t="s">
-        <v>2477</v>
+        <v>1700</v>
       </c>
       <c r="E1062" s="2">
-        <v>613.91</v>
+        <v>225.4</v>
       </c>
       <c r="F1062" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>2547</v>
+        <v>2521</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>2548</v>
+        <v>2522</v>
       </c>
       <c r="C1063" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1063" s="0" t="s">
-        <v>51</v>
+        <v>2523</v>
       </c>
       <c r="E1063" s="2">
-        <v>2296.66</v>
+        <v>262.63</v>
       </c>
       <c r="F1063" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>2549</v>
+        <v>2524</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>2550</v>
+        <v>2525</v>
       </c>
       <c r="C1064" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1064" s="0" t="s">
-        <v>2551</v>
+        <v>2526</v>
       </c>
       <c r="E1064" s="2">
-        <v>17.54</v>
+        <v>22.92</v>
       </c>
       <c r="F1064" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>2552</v>
+        <v>2527</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>2553</v>
+        <v>2528</v>
       </c>
       <c r="C1065" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1065" s="0" t="s">
-        <v>51</v>
+        <v>2529</v>
       </c>
       <c r="E1065" s="2">
-        <v>941.67</v>
+        <v>815.41</v>
       </c>
       <c r="F1065" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>2554</v>
+        <v>2530</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>2555</v>
+        <v>2531</v>
       </c>
       <c r="C1066" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1066" s="0" t="s">
-        <v>51</v>
+        <v>2532</v>
       </c>
       <c r="E1066" s="2">
-        <v>355.8</v>
+        <v>14.29</v>
       </c>
       <c r="F1066" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>2556</v>
+        <v>2533</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>2557</v>
+        <v>2534</v>
       </c>
       <c r="C1067" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1067" s="0" t="s">
-        <v>51</v>
+        <v>2535</v>
       </c>
       <c r="E1067" s="2">
-        <v>623.49</v>
+        <v>468.95</v>
       </c>
       <c r="F1067" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>2558</v>
+        <v>2536</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>2137</v>
+        <v>2537</v>
       </c>
       <c r="C1068" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1068" s="0" t="s">
-        <v>2559</v>
+        <v>2538</v>
       </c>
       <c r="E1068" s="2">
-        <v>127.84</v>
+        <v>9.84</v>
       </c>
       <c r="F1068" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>2560</v>
+        <v>2539</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>2137</v>
+        <v>1275</v>
       </c>
       <c r="C1069" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1069" s="0" t="s">
-        <v>2138</v>
+        <v>2540</v>
       </c>
       <c r="E1069" s="2">
-        <v>62.79</v>
+        <v>27.73</v>
       </c>
       <c r="F1069" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>2561</v>
+        <v>2541</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>2562</v>
+        <v>2542</v>
       </c>
       <c r="C1070" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1070" s="0" t="s">
-        <v>2563</v>
+        <v>2543</v>
       </c>
       <c r="E1070" s="2">
-        <v>5.28</v>
+        <v>332.1</v>
       </c>
       <c r="F1070" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>2564</v>
+        <v>2544</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>2565</v>
+        <v>2545</v>
       </c>
       <c r="C1071" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1071" s="0" t="s">
-        <v>51</v>
+        <v>2414</v>
       </c>
       <c r="E1071" s="2">
-        <v>762.31</v>
+        <v>81.39</v>
       </c>
       <c r="F1071" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>2566</v>
+        <v>2546</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>2567</v>
+        <v>2547</v>
       </c>
       <c r="C1072" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1072" s="0" t="s">
-        <v>2568</v>
+        <v>2548</v>
       </c>
       <c r="E1072" s="2">
-        <v>1303.33</v>
+        <v>2717.65</v>
       </c>
       <c r="F1072" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>2569</v>
+        <v>2549</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>2567</v>
+        <v>2550</v>
       </c>
       <c r="C1073" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1073" s="0" t="s">
-        <v>2570</v>
+        <v>2551</v>
       </c>
       <c r="E1073" s="2">
-        <v>1088.8</v>
+        <v>435.56</v>
       </c>
       <c r="F1073" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>2571</v>
+        <v>2552</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>2572</v>
+        <v>2553</v>
       </c>
       <c r="C1074" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1074" s="0" t="s">
-        <v>2573</v>
+        <v>2554</v>
       </c>
       <c r="E1074" s="2">
-        <v>3014.25</v>
+        <v>31.27</v>
       </c>
       <c r="F1074" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>2574</v>
+        <v>2555</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>2575</v>
+        <v>2556</v>
       </c>
       <c r="C1075" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1075" s="0" t="s">
-        <v>2576</v>
+        <v>2557</v>
       </c>
       <c r="E1075" s="2">
-        <v>115.05</v>
+        <v>26.18</v>
       </c>
       <c r="F1075" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>2577</v>
+        <v>2558</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>2578</v>
+        <v>2559</v>
       </c>
       <c r="C1076" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1076" s="0" t="s">
-        <v>2579</v>
+        <v>2560</v>
       </c>
       <c r="E1076" s="2">
-        <v>55.09</v>
+        <v>124.56</v>
       </c>
       <c r="F1076" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>2580</v>
+        <v>2561</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>2578</v>
+        <v>2562</v>
       </c>
       <c r="C1077" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1077" s="0" t="s">
-        <v>2581</v>
+        <v>2563</v>
       </c>
       <c r="E1077" s="2">
-        <v>287.48</v>
+        <v>1302.81</v>
       </c>
       <c r="F1077" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>2582</v>
+        <v>2564</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>2578</v>
+        <v>2565</v>
       </c>
       <c r="C1078" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1078" s="0" t="s">
-        <v>2583</v>
+        <v>2566</v>
       </c>
       <c r="E1078" s="2">
-        <v>96.89</v>
+        <v>60.24</v>
       </c>
       <c r="F1078" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>2584</v>
+        <v>2567</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>2585</v>
+        <v>2568</v>
       </c>
       <c r="C1079" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1079" s="0" t="s">
-        <v>2586</v>
+        <v>2569</v>
       </c>
       <c r="E1079" s="2">
-        <v>13.75</v>
+        <v>263.83</v>
       </c>
       <c r="F1079" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>2587</v>
+        <v>2570</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>2588</v>
+        <v>2571</v>
       </c>
       <c r="C1080" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1080" s="0" t="s">
-        <v>2589</v>
+        <v>2572</v>
       </c>
       <c r="E1080" s="2">
-        <v>16.38</v>
+        <v>48.47</v>
       </c>
       <c r="F1080" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>2590</v>
+        <v>2573</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>2591</v>
+        <v>2574</v>
       </c>
       <c r="C1081" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1081" s="0" t="s">
-        <v>2592</v>
+        <v>2575</v>
       </c>
       <c r="E1081" s="2">
-        <v>546.9</v>
+        <v>398.84</v>
       </c>
       <c r="F1081" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>2593</v>
+        <v>2576</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>2591</v>
+        <v>2577</v>
       </c>
       <c r="C1082" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1082" s="0" t="s">
-        <v>2594</v>
+        <v>2578</v>
       </c>
       <c r="E1082" s="2">
-        <v>364.41</v>
+        <v>165.57</v>
       </c>
       <c r="F1082" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>2595</v>
+        <v>2579</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>2596</v>
+        <v>2580</v>
       </c>
       <c r="C1083" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1083" s="0" t="s">
-        <v>2597</v>
+        <v>2529</v>
       </c>
       <c r="E1083" s="2">
-        <v>165.43</v>
+        <v>262.63</v>
       </c>
       <c r="F1083" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>2598</v>
+        <v>2581</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>1417</v>
+        <v>2582</v>
       </c>
       <c r="C1084" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1084" s="0" t="s">
-        <v>2599</v>
+        <v>2551</v>
       </c>
       <c r="E1084" s="2">
-        <v>14412.54</v>
+        <v>13.39</v>
       </c>
       <c r="F1084" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>2600</v>
+        <v>2583</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>2601</v>
+        <v>2584</v>
       </c>
       <c r="C1085" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1085" s="0" t="s">
-        <v>2602</v>
+        <v>2585</v>
       </c>
       <c r="E1085" s="2">
-        <v>82.4</v>
+        <v>247.83</v>
       </c>
       <c r="F1085" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>2603</v>
+        <v>2586</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>2604</v>
+        <v>2584</v>
       </c>
       <c r="C1086" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1086" s="0" t="s">
-        <v>2605</v>
+        <v>2587</v>
       </c>
       <c r="E1086" s="2">
-        <v>1577.28</v>
+        <v>1646.96</v>
       </c>
       <c r="F1086" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>2606</v>
+        <v>2588</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>2607</v>
+        <v>2589</v>
       </c>
       <c r="C1087" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1087" s="0" t="s">
-        <v>2608</v>
+        <v>2590</v>
       </c>
       <c r="E1087" s="2">
-        <v>306.23</v>
+        <v>731.1</v>
       </c>
       <c r="F1087" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>2609</v>
+        <v>2591</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>2610</v>
+        <v>2592</v>
       </c>
       <c r="C1088" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1088" s="0" t="s">
-        <v>2579</v>
+        <v>2593</v>
       </c>
       <c r="E1088" s="2">
-        <v>2.06</v>
+        <v>265.8</v>
       </c>
       <c r="F1088" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>2611</v>
+        <v>2594</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>2610</v>
+        <v>2595</v>
       </c>
       <c r="C1089" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1089" s="0" t="s">
-        <v>2579</v>
+        <v>2596</v>
       </c>
       <c r="E1089" s="2">
-        <v>2.45</v>
+        <v>342.27</v>
       </c>
       <c r="F1089" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>2612</v>
+        <v>2597</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>2613</v>
+        <v>2598</v>
       </c>
       <c r="C1090" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1090" s="0" t="s">
-        <v>51</v>
+        <v>2599</v>
       </c>
       <c r="E1090" s="2">
-        <v>1914.81</v>
+        <v>37.33</v>
       </c>
       <c r="F1090" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>2614</v>
+        <v>2600</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>2505</v>
+        <v>2601</v>
       </c>
       <c r="C1091" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1091" s="0" t="s">
-        <v>2615</v>
+        <v>2602</v>
       </c>
       <c r="E1091" s="2">
-        <v>671.65</v>
+        <v>4.66</v>
       </c>
       <c r="F1091" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>2616</v>
+        <v>2603</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>2515</v>
+        <v>2595</v>
       </c>
       <c r="C1092" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1092" s="0" t="s">
-        <v>2617</v>
+        <v>2604</v>
       </c>
       <c r="E1092" s="2">
-        <v>219.23</v>
+        <v>689.87</v>
       </c>
       <c r="F1092" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>2618</v>
+        <v>2605</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>2515</v>
+        <v>2606</v>
       </c>
       <c r="C1093" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1093" s="0" t="s">
-        <v>2619</v>
+        <v>2607</v>
       </c>
       <c r="E1093" s="2">
-        <v>175.96</v>
+        <v>1303.66</v>
       </c>
       <c r="F1093" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>2620</v>
+        <v>2608</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>2621</v>
+        <v>2609</v>
       </c>
       <c r="C1094" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1094" s="0" t="s">
-        <v>2622</v>
+        <v>2610</v>
       </c>
       <c r="E1094" s="2">
-        <v>1.89</v>
+        <v>56.41</v>
       </c>
       <c r="F1094" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>2623</v>
+        <v>2611</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>2621</v>
+        <v>2612</v>
       </c>
       <c r="C1095" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1095" s="0" t="s">
-        <v>2622</v>
+        <v>2613</v>
       </c>
       <c r="E1095" s="2">
-        <v>1.89</v>
+        <v>86.48</v>
       </c>
       <c r="F1095" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>2624</v>
+        <v>2614</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>2625</v>
+        <v>2609</v>
       </c>
       <c r="C1096" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1096" s="0" t="s">
-        <v>2626</v>
+        <v>2615</v>
       </c>
       <c r="E1096" s="2">
-        <v>1151.2</v>
+        <v>821.94</v>
       </c>
       <c r="F1096" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>2627</v>
+        <v>2616</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>2628</v>
+        <v>2609</v>
       </c>
       <c r="C1097" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1097" s="0" t="s">
-        <v>66</v>
+        <v>2617</v>
       </c>
       <c r="E1097" s="2">
-        <v>0.88</v>
+        <v>96.2</v>
       </c>
       <c r="F1097" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>2629</v>
+        <v>2618</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>2628</v>
+        <v>2609</v>
       </c>
       <c r="C1098" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1098" s="0" t="s">
-        <v>2630</v>
+        <v>858</v>
       </c>
       <c r="E1098" s="2">
-        <v>1.33</v>
+        <v>96.2</v>
       </c>
       <c r="F1098" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>2631</v>
+        <v>2619</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>2628</v>
+        <v>2609</v>
       </c>
       <c r="C1099" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1099" s="0" t="s">
-        <v>2632</v>
+        <v>2613</v>
       </c>
       <c r="E1099" s="2">
-        <v>1.37</v>
+        <v>69.59</v>
       </c>
       <c r="F1099" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>2633</v>
+        <v>2620</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>2628</v>
+        <v>2621</v>
       </c>
       <c r="C1100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1100" s="0" t="s">
-        <v>66</v>
+        <v>2622</v>
       </c>
       <c r="E1100" s="2">
-        <v>1.34</v>
+        <v>84</v>
       </c>
       <c r="F1100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>2634</v>
+        <v>2623</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>2628</v>
+        <v>2601</v>
       </c>
       <c r="C1101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1101" s="0" t="s">
-        <v>2635</v>
+        <v>2624</v>
       </c>
       <c r="E1101" s="2">
-        <v>15.84</v>
+        <v>892.25</v>
       </c>
       <c r="F1101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>2636</v>
+        <v>2625</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>2628</v>
+        <v>2626</v>
       </c>
       <c r="C1102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1102" s="0" t="s">
-        <v>66</v>
+        <v>2613</v>
       </c>
       <c r="E1102" s="2">
-        <v>0.59</v>
+        <v>681.06</v>
       </c>
       <c r="F1102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>2637</v>
+        <v>2627</v>
       </c>
       <c r="B1103" s="0" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C1103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1103" s="0" t="s">
         <v>2628</v>
       </c>
-      <c r="C1103" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1103" s="2">
-        <v>0.59</v>
+        <v>3343.08</v>
       </c>
       <c r="F1103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>2638</v>
+        <v>2629</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>2639</v>
+        <v>2630</v>
       </c>
       <c r="C1104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1104" s="0" t="s">
-        <v>51</v>
+        <v>2631</v>
       </c>
       <c r="E1104" s="2">
-        <v>539.89</v>
+        <v>5381.72</v>
       </c>
       <c r="F1104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>2640</v>
+        <v>2632</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>2641</v>
+        <v>2633</v>
       </c>
       <c r="C1105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1105" s="0" t="s">
-        <v>2642</v>
+        <v>2613</v>
       </c>
       <c r="E1105" s="2">
-        <v>49.32</v>
+        <v>83.07</v>
       </c>
       <c r="F1105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>2643</v>
+        <v>2634</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>2644</v>
+        <v>2633</v>
       </c>
       <c r="C1106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1106" s="0" t="s">
-        <v>51</v>
+        <v>858</v>
       </c>
       <c r="E1106" s="2">
-        <v>2882.92</v>
+        <v>91.83</v>
       </c>
       <c r="F1106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>2645</v>
+        <v>2635</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>2646</v>
+        <v>2633</v>
       </c>
       <c r="C1107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1107" s="0" t="s">
-        <v>2647</v>
+        <v>2613</v>
       </c>
       <c r="E1107" s="2">
-        <v>4431.67</v>
+        <v>47.88</v>
       </c>
       <c r="F1107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>2648</v>
+        <v>2636</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>2646</v>
+        <v>2637</v>
       </c>
       <c r="C1108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1108" s="0" t="s">
-        <v>2649</v>
+        <v>2638</v>
       </c>
       <c r="E1108" s="2">
-        <v>115.12</v>
+        <v>14.96</v>
       </c>
       <c r="F1108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>2650</v>
+        <v>2639</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>2646</v>
+        <v>2640</v>
       </c>
       <c r="C1109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1109" s="0" t="s">
-        <v>2651</v>
+        <v>2613</v>
       </c>
       <c r="E1109" s="2">
-        <v>186.99</v>
+        <v>16.53</v>
       </c>
       <c r="F1109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>2652</v>
+        <v>2641</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>2653</v>
+        <v>2642</v>
       </c>
       <c r="C1110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1110" s="0" t="s">
-        <v>2654</v>
+        <v>2599</v>
       </c>
       <c r="E1110" s="2">
-        <v>253.21</v>
+        <v>560.95</v>
       </c>
       <c r="F1110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>2655</v>
+        <v>2643</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>2656</v>
+        <v>2642</v>
       </c>
       <c r="C1111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1111" s="0" t="s">
-        <v>2657</v>
+        <v>2599</v>
       </c>
       <c r="E1111" s="2">
-        <v>1448.02</v>
+        <v>156.61</v>
       </c>
       <c r="F1111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>2658</v>
+        <v>2644</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>2659</v>
+        <v>2645</v>
       </c>
       <c r="C1112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1112" s="0" t="s">
-        <v>2660</v>
+        <v>44</v>
       </c>
       <c r="E1112" s="2">
-        <v>223.12</v>
+        <v>1726.13</v>
       </c>
       <c r="F1112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>2661</v>
+        <v>2646</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>2610</v>
+        <v>2647</v>
       </c>
       <c r="C1113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1113" s="0" t="s">
-        <v>2662</v>
+        <v>2604</v>
       </c>
       <c r="E1113" s="2">
-        <v>93.81</v>
+        <v>665.45</v>
       </c>
       <c r="F1113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>2663</v>
+        <v>2648</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>2610</v>
+        <v>2649</v>
       </c>
       <c r="C1114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1114" s="0" t="s">
-        <v>2664</v>
+        <v>2650</v>
       </c>
       <c r="E1114" s="2">
-        <v>93.13</v>
+        <v>14.58</v>
       </c>
       <c r="F1114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>2665</v>
+        <v>2651</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>2610</v>
+        <v>2652</v>
       </c>
       <c r="C1115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1115" s="0" t="s">
-        <v>2666</v>
+        <v>2653</v>
       </c>
       <c r="E1115" s="2">
-        <v>195.97</v>
+        <v>182.57</v>
       </c>
       <c r="F1115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>2667</v>
+        <v>2654</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>2610</v>
+        <v>2655</v>
       </c>
       <c r="C1116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1116" s="0" t="s">
-        <v>2668</v>
+        <v>2656</v>
       </c>
       <c r="E1116" s="2">
-        <v>62.87</v>
+        <v>200.35</v>
       </c>
       <c r="F1116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>2669</v>
+        <v>2657</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>2610</v>
+        <v>2658</v>
       </c>
       <c r="C1117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1117" s="0" t="s">
-        <v>2670</v>
+        <v>2659</v>
       </c>
       <c r="E1117" s="2">
-        <v>96.03</v>
+        <v>10.61</v>
       </c>
       <c r="F1117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>2671</v>
+        <v>2660</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>2610</v>
+        <v>2658</v>
       </c>
       <c r="C1118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1118" s="0" t="s">
-        <v>2672</v>
+        <v>2661</v>
       </c>
       <c r="E1118" s="2">
-        <v>188.56</v>
+        <v>27.08</v>
       </c>
       <c r="F1118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>2673</v>
+        <v>2662</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>2674</v>
+        <v>2663</v>
       </c>
       <c r="C1119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1119" s="0" t="s">
-        <v>2544</v>
+        <v>2664</v>
       </c>
       <c r="E1119" s="2">
-        <v>338.29</v>
+        <v>1437.31</v>
       </c>
       <c r="F1119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>2675</v>
+        <v>2665</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>2674</v>
+        <v>2658</v>
       </c>
       <c r="C1120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1120" s="0" t="s">
-        <v>2676</v>
+        <v>2666</v>
       </c>
       <c r="E1120" s="2">
-        <v>10.84</v>
+        <v>63.69</v>
       </c>
       <c r="F1120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>2677</v>
+        <v>2667</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>2678</v>
+        <v>2668</v>
       </c>
       <c r="C1121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1121" s="0" t="s">
-        <v>2679</v>
+        <v>2669</v>
       </c>
       <c r="E1121" s="2">
-        <v>795.1</v>
+        <v>751.53</v>
       </c>
       <c r="F1121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>2680</v>
+        <v>2670</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>2678</v>
+        <v>2671</v>
       </c>
       <c r="C1122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1122" s="0" t="s">
-        <v>2681</v>
+        <v>2672</v>
       </c>
       <c r="E1122" s="2">
-        <v>197.53</v>
+        <v>1631.96</v>
       </c>
       <c r="F1122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>2682</v>
+        <v>2673</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>2610</v>
+        <v>2671</v>
       </c>
       <c r="C1123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1123" s="0" t="s">
-        <v>2683</v>
+        <v>2674</v>
       </c>
       <c r="E1123" s="2">
-        <v>33.94</v>
+        <v>2535.61</v>
       </c>
       <c r="F1123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>2684</v>
+        <v>2675</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>2610</v>
+        <v>2671</v>
       </c>
       <c r="C1124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1124" s="0" t="s">
-        <v>2685</v>
+        <v>2676</v>
       </c>
       <c r="E1124" s="2">
-        <v>268.07</v>
+        <v>284.75</v>
       </c>
       <c r="F1124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>2686</v>
+        <v>2677</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>2687</v>
+        <v>2671</v>
       </c>
       <c r="C1125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1125" s="0" t="s">
-        <v>51</v>
+        <v>2678</v>
       </c>
       <c r="E1125" s="2">
-        <v>416.42</v>
+        <v>7352.77</v>
       </c>
       <c r="F1125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>2688</v>
+        <v>2679</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>2689</v>
+        <v>2680</v>
       </c>
       <c r="C1126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1126" s="0" t="s">
-        <v>2690</v>
+        <v>2681</v>
       </c>
       <c r="E1126" s="2">
-        <v>1086.43</v>
+        <v>242.4</v>
       </c>
       <c r="F1126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>2691</v>
+        <v>2682</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>2689</v>
+        <v>2680</v>
       </c>
       <c r="C1127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1127" s="0" t="s">
-        <v>2692</v>
+        <v>2683</v>
       </c>
       <c r="E1127" s="2">
-        <v>802.19</v>
+        <v>80.43</v>
       </c>
       <c r="F1127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>2693</v>
+        <v>2684</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>2694</v>
+        <v>2685</v>
       </c>
       <c r="C1128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1128" s="0" t="s">
-        <v>2695</v>
+        <v>2686</v>
       </c>
       <c r="E1128" s="2">
-        <v>54.23</v>
+        <v>637.2</v>
       </c>
       <c r="F1128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>2696</v>
+        <v>2687</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>2694</v>
+        <v>2688</v>
       </c>
       <c r="C1129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1129" s="0" t="s">
-        <v>2697</v>
+        <v>18</v>
       </c>
       <c r="E1129" s="2">
-        <v>819.71</v>
+        <v>0.74</v>
       </c>
       <c r="F1129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
-        <v>2698</v>
+        <v>2689</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>2621</v>
+        <v>2690</v>
       </c>
       <c r="C1130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1130" s="0" t="s">
-        <v>2699</v>
+        <v>2691</v>
       </c>
       <c r="E1130" s="2">
-        <v>9.92</v>
+        <v>0.35</v>
       </c>
       <c r="F1130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>2700</v>
+        <v>2692</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>2701</v>
+        <v>2693</v>
       </c>
       <c r="C1131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1131" s="0" t="s">
-        <v>2702</v>
+        <v>2694</v>
       </c>
       <c r="E1131" s="2">
-        <v>229</v>
+        <v>342.61</v>
       </c>
       <c r="F1131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>2703</v>
+        <v>2695</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>2137</v>
+        <v>2696</v>
       </c>
       <c r="C1132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1132" s="0" t="s">
-        <v>2559</v>
+        <v>2697</v>
       </c>
       <c r="E1132" s="2">
-        <v>67.43</v>
+        <v>295.35</v>
       </c>
       <c r="F1132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>2137</v>
+        <v>2699</v>
       </c>
       <c r="C1133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1133" s="0" t="s">
-        <v>2559</v>
+        <v>2700</v>
       </c>
       <c r="E1133" s="2">
-        <v>15.61</v>
+        <v>1718.84</v>
       </c>
       <c r="F1133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>2705</v>
+        <v>2701</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>2137</v>
+        <v>2702</v>
       </c>
       <c r="C1134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1134" s="0" t="s">
-        <v>2559</v>
+        <v>2703</v>
       </c>
       <c r="E1134" s="2">
-        <v>74.06</v>
+        <v>535.96</v>
       </c>
       <c r="F1134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>2706</v>
+        <v>2704</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>2137</v>
+        <v>2699</v>
       </c>
       <c r="C1135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1135" s="0" t="s">
-        <v>2559</v>
+        <v>2705</v>
       </c>
       <c r="E1135" s="2">
-        <v>12.55</v>
+        <v>128.54</v>
       </c>
       <c r="F1135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B1136" s="0" t="s">
         <v>2707</v>
       </c>
-      <c r="B1136" s="0" t="s">
+      <c r="C1136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1136" s="0" t="s">
         <v>2708</v>
       </c>
-      <c r="C1136" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1136" s="2">
-        <v>186.6</v>
+        <v>10.47</v>
       </c>
       <c r="F1136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B1137" s="0" t="s">
         <v>2710</v>
       </c>
-      <c r="B1137" s="0" t="s">
+      <c r="C1137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1137" s="0" t="s">
         <v>2711</v>
       </c>
-      <c r="C1137" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1137" s="2">
-        <v>4177.59</v>
+        <v>294.16</v>
       </c>
       <c r="F1137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B1138" s="0" t="s">
         <v>2713</v>
       </c>
-      <c r="B1138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1138" s="0" t="s">
-        <v>2715</v>
+        <v>44</v>
       </c>
       <c r="E1138" s="2">
-        <v>2.85</v>
+        <v>6407.47</v>
       </c>
       <c r="F1138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B1139" s="0" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C1139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1139" s="0" t="s">
         <v>2716</v>
       </c>
-      <c r="B1139" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1139" s="2">
-        <v>27.82</v>
+        <v>1003.89</v>
       </c>
       <c r="F1139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B1140" s="0" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C1140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1140" s="0" t="s">
         <v>2719</v>
       </c>
-      <c r="B1140" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1140" s="2">
-        <v>161.75</v>
+        <v>235.89</v>
       </c>
       <c r="F1140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B1141" s="0" t="s">
         <v>2721</v>
       </c>
-      <c r="B1141" s="0" t="s">
+      <c r="C1141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1141" s="0" t="s">
         <v>2722</v>
       </c>
-      <c r="C1141" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1141" s="2">
-        <v>8.57</v>
+        <v>25.07</v>
       </c>
       <c r="F1141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B1142" s="0" t="s">
         <v>2724</v>
-      </c>
-[...1 lines deleted...]
-        <v>2722</v>
       </c>
       <c r="C1142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1142" s="0" t="s">
         <v>2725</v>
       </c>
       <c r="E1142" s="2">
-        <v>1.61</v>
+        <v>2301.06</v>
       </c>
       <c r="F1142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
         <v>2726</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>2515</v>
+        <v>2710</v>
       </c>
       <c r="C1143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1143" s="0" t="s">
         <v>2727</v>
       </c>
       <c r="E1143" s="2">
-        <v>1106.15</v>
+        <v>79.48</v>
       </c>
       <c r="F1143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
         <v>2728</v>
       </c>
       <c r="B1144" s="0" t="s">
         <v>2729</v>
       </c>
       <c r="C1144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1144" s="0" t="s">
         <v>2730</v>
       </c>
       <c r="E1144" s="2">
-        <v>7.63</v>
+        <v>2949.67</v>
       </c>
       <c r="F1144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
         <v>2731</v>
       </c>
       <c r="B1145" s="0" t="s">
         <v>2729</v>
       </c>
       <c r="C1145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1145" s="0" t="s">
         <v>2732</v>
       </c>
       <c r="E1145" s="2">
-        <v>0.89</v>
+        <v>4759.42</v>
       </c>
       <c r="F1145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
         <v>2733</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>2729</v>
+        <v>2734</v>
       </c>
       <c r="C1146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1146" s="0" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="E1146" s="2">
-        <v>2.32</v>
+        <v>1581.06</v>
       </c>
       <c r="F1146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>2729</v>
+        <v>2737</v>
       </c>
       <c r="C1147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1147" s="0" t="s">
-        <v>2736</v>
+        <v>2738</v>
       </c>
       <c r="E1147" s="2">
-        <v>0.84</v>
+        <v>2104.28</v>
       </c>
       <c r="F1147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>2737</v>
+        <v>2739</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>2729</v>
+        <v>2740</v>
       </c>
       <c r="C1148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1148" s="0" t="s">
-        <v>2738</v>
+        <v>2741</v>
       </c>
       <c r="E1148" s="2">
-        <v>0.12</v>
+        <v>1.45</v>
       </c>
       <c r="F1148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>2739</v>
+        <v>2742</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>2729</v>
+        <v>2743</v>
       </c>
       <c r="C1149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1149" s="0" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
       <c r="E1149" s="2">
-        <v>5.47</v>
+        <v>710.16</v>
       </c>
       <c r="F1149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
-        <v>2741</v>
+        <v>2745</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>2742</v>
+        <v>2740</v>
       </c>
       <c r="C1150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1150" s="0" t="s">
-        <v>2743</v>
+        <v>2746</v>
       </c>
       <c r="E1150" s="2">
-        <v>210.24</v>
+        <v>5</v>
       </c>
       <c r="F1150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>2744</v>
+        <v>2747</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>2742</v>
+        <v>2740</v>
       </c>
       <c r="C1151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1151" s="0" t="s">
-        <v>2745</v>
+        <v>2748</v>
       </c>
       <c r="E1151" s="2">
-        <v>26.55</v>
+        <v>2.08</v>
       </c>
       <c r="F1151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>2746</v>
+        <v>2749</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>2137</v>
+        <v>2740</v>
       </c>
       <c r="C1152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1152" s="0" t="s">
-        <v>2138</v>
+        <v>2750</v>
       </c>
       <c r="E1152" s="2">
-        <v>162.81</v>
+        <v>10.84</v>
       </c>
       <c r="F1152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>2747</v>
+        <v>2751</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>2137</v>
+        <v>162</v>
       </c>
       <c r="C1153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1153" s="0" t="s">
-        <v>2138</v>
+        <v>2752</v>
       </c>
       <c r="E1153" s="2">
-        <v>51.07</v>
+        <v>594.5</v>
       </c>
       <c r="F1153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>2137</v>
+        <v>2754</v>
       </c>
       <c r="C1154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1154" s="0" t="s">
-        <v>2749</v>
+        <v>2755</v>
       </c>
       <c r="E1154" s="2">
-        <v>417.17</v>
+        <v>1204.49</v>
       </c>
       <c r="F1154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>2750</v>
+        <v>2756</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>2751</v>
+        <v>2671</v>
       </c>
       <c r="C1155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1155" s="0" t="s">
-        <v>2752</v>
+        <v>2757</v>
       </c>
       <c r="E1155" s="2">
-        <v>2335.18</v>
+        <v>1679.33</v>
       </c>
       <c r="F1155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>2753</v>
+        <v>2758</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>2754</v>
+        <v>2671</v>
       </c>
       <c r="C1156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1156" s="0" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="E1156" s="2">
-        <v>247.59</v>
+        <v>684.87</v>
       </c>
       <c r="F1156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>2757</v>
+        <v>2671</v>
       </c>
       <c r="C1157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1157" s="0" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="E1157" s="2">
-        <v>211.49</v>
+        <v>310.37</v>
       </c>
       <c r="F1157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>2757</v>
+        <v>2671</v>
       </c>
       <c r="C1158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1158" s="0" t="s">
-        <v>2758</v>
+        <v>2763</v>
       </c>
       <c r="E1158" s="2">
-        <v>36.95</v>
+        <v>620.57</v>
       </c>
       <c r="F1158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>2757</v>
+        <v>2765</v>
       </c>
       <c r="C1159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1159" s="0" t="s">
-        <v>2758</v>
+        <v>2766</v>
       </c>
       <c r="E1159" s="2">
-        <v>8.86</v>
+        <v>447.26</v>
       </c>
       <c r="F1159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>2761</v>
+        <v>2767</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>2757</v>
+        <v>2768</v>
       </c>
       <c r="C1160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1160" s="0" t="s">
-        <v>2762</v>
+        <v>44</v>
       </c>
       <c r="E1160" s="2">
-        <v>759.44</v>
+        <v>1247.7</v>
       </c>
       <c r="F1160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>2763</v>
+        <v>2769</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>2757</v>
+        <v>2770</v>
       </c>
       <c r="C1161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1161" s="0" t="s">
-        <v>2758</v>
+        <v>2771</v>
       </c>
       <c r="E1161" s="2">
-        <v>61.51</v>
+        <v>257.2</v>
       </c>
       <c r="F1161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>2764</v>
+        <v>2772</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>2674</v>
+        <v>2770</v>
       </c>
       <c r="C1162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1162" s="0" t="s">
-        <v>2765</v>
+        <v>2773</v>
       </c>
       <c r="E1162" s="2">
-        <v>2.77</v>
+        <v>65.15</v>
       </c>
       <c r="F1162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>2766</v>
+        <v>2774</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>2767</v>
+        <v>2775</v>
       </c>
       <c r="C1163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1163" s="0" t="s">
-        <v>2768</v>
+        <v>18</v>
       </c>
       <c r="E1163" s="2">
-        <v>349.85</v>
+        <v>80.57</v>
       </c>
       <c r="F1163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>2769</v>
+        <v>2776</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>2767</v>
+        <v>2775</v>
       </c>
       <c r="C1164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1164" s="0" t="s">
-        <v>2770</v>
+        <v>2777</v>
       </c>
       <c r="E1164" s="2">
-        <v>371.84</v>
+        <v>57.95</v>
       </c>
       <c r="F1164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>2771</v>
+        <v>2778</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>2767</v>
+        <v>2775</v>
       </c>
       <c r="C1165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1165" s="0" t="s">
-        <v>2772</v>
+        <v>356</v>
       </c>
       <c r="E1165" s="2">
-        <v>337.34</v>
+        <v>106.18</v>
       </c>
       <c r="F1165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>2773</v>
+        <v>2779</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>2479</v>
+        <v>2780</v>
       </c>
       <c r="C1166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1166" s="0" t="s">
-        <v>2774</v>
+        <v>2781</v>
       </c>
       <c r="E1166" s="2">
-        <v>129.05</v>
+        <v>860.06</v>
       </c>
       <c r="F1166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>2775</v>
+        <v>2782</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>2776</v>
+        <v>2783</v>
       </c>
       <c r="C1167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1167" s="0" t="s">
-        <v>2477</v>
+        <v>2784</v>
       </c>
       <c r="E1167" s="2">
-        <v>0.23</v>
+        <v>292.11</v>
       </c>
       <c r="F1167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>2777</v>
+        <v>2785</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>2778</v>
+        <v>2786</v>
       </c>
       <c r="C1168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1168" s="0" t="s">
-        <v>2779</v>
+        <v>44</v>
       </c>
       <c r="E1168" s="2">
-        <v>284.96</v>
+        <v>1288.21</v>
       </c>
       <c r="F1168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>2780</v>
+        <v>2787</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>2781</v>
+        <v>2788</v>
       </c>
       <c r="C1169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1169" s="0" t="s">
-        <v>2782</v>
+        <v>2789</v>
       </c>
       <c r="E1169" s="2">
-        <v>9.87</v>
+        <v>41.23</v>
       </c>
       <c r="F1169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>2783</v>
+        <v>2790</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>2784</v>
+        <v>2788</v>
       </c>
       <c r="C1170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1170" s="0" t="s">
-        <v>2785</v>
+        <v>2791</v>
       </c>
       <c r="E1170" s="2">
-        <v>95.51</v>
+        <v>160.5</v>
       </c>
       <c r="F1170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>2786</v>
+        <v>2792</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
       <c r="C1171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1171" s="0" t="s">
-        <v>2788</v>
+        <v>2793</v>
       </c>
       <c r="E1171" s="2">
-        <v>1725.41</v>
+        <v>16.04</v>
       </c>
       <c r="F1171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>2789</v>
+        <v>2794</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>2787</v>
+        <v>2795</v>
       </c>
       <c r="C1172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1172" s="0" t="s">
-        <v>2790</v>
+        <v>2796</v>
       </c>
       <c r="E1172" s="2">
-        <v>121.61</v>
+        <v>452.64</v>
       </c>
       <c r="F1172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>2791</v>
+        <v>2797</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>2787</v>
+        <v>2795</v>
       </c>
       <c r="C1173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1173" s="0" t="s">
-        <v>2642</v>
+        <v>2798</v>
       </c>
       <c r="E1173" s="2">
-        <v>45.68</v>
+        <v>10.48</v>
       </c>
       <c r="F1173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>2792</v>
+        <v>2799</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="C1174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1174" s="0" t="s">
-        <v>51</v>
+        <v>2798</v>
       </c>
       <c r="E1174" s="2">
-        <v>683.65</v>
+        <v>16.2</v>
       </c>
       <c r="F1174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>2794</v>
+        <v>2800</v>
       </c>
       <c r="B1175" s="0" t="s">
         <v>2795</v>
       </c>
       <c r="C1175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1175" s="0" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="E1175" s="2">
-        <v>8.21</v>
+        <v>10.48</v>
       </c>
       <c r="F1175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
       <c r="B1176" s="0" t="s">
         <v>2795</v>
       </c>
       <c r="C1176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1176" s="0" t="s">
         <v>2798</v>
       </c>
       <c r="E1176" s="2">
-        <v>240.22</v>
+        <v>5.24</v>
       </c>
       <c r="F1176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>2795</v>
+        <v>2803</v>
       </c>
       <c r="C1177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1177" s="0" t="s">
-        <v>2800</v>
+        <v>185</v>
       </c>
       <c r="E1177" s="2">
-        <v>16.43</v>
+        <v>1.6</v>
       </c>
       <c r="F1177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>2802</v>
+        <v>2743</v>
       </c>
       <c r="C1178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1178" s="0" t="s">
-        <v>2803</v>
+        <v>938</v>
       </c>
       <c r="E1178" s="2">
-        <v>470.59</v>
+        <v>92.12</v>
       </c>
       <c r="F1178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>2802</v>
+        <v>2806</v>
       </c>
       <c r="C1179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1179" s="0" t="s">
-        <v>2803</v>
+        <v>44</v>
       </c>
       <c r="E1179" s="2">
-        <v>1478.2</v>
+        <v>644.53</v>
       </c>
       <c r="F1179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="C1180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1180" s="0" t="s">
-        <v>2807</v>
+        <v>44</v>
       </c>
       <c r="E1180" s="2">
-        <v>813.96</v>
+        <v>3784.21</v>
       </c>
       <c r="F1180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>2806</v>
+        <v>1895</v>
       </c>
       <c r="C1181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1181" s="0" t="s">
-        <v>2807</v>
+        <v>44</v>
       </c>
       <c r="E1181" s="2">
-        <v>32.79</v>
+        <v>433.43</v>
       </c>
       <c r="F1181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="C1182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1182" s="0" t="s">
-        <v>2811</v>
+        <v>44</v>
       </c>
       <c r="E1182" s="2">
-        <v>95.61</v>
+        <v>582.25</v>
       </c>
       <c r="F1182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
         <v>2812</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>2813</v>
+        <v>184</v>
       </c>
       <c r="C1183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1183" s="0" t="s">
-        <v>2814</v>
+        <v>185</v>
       </c>
       <c r="E1183" s="2">
-        <v>733.11</v>
+        <v>4.51</v>
       </c>
       <c r="F1183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>2815</v>
+        <v>2813</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>2816</v>
+        <v>2814</v>
       </c>
       <c r="C1184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1184" s="0" t="s">
-        <v>2817</v>
+        <v>44</v>
       </c>
       <c r="E1184" s="2">
-        <v>3373.88</v>
+        <v>9261.78</v>
       </c>
       <c r="F1184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>2818</v>
+        <v>2815</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>2819</v>
+        <v>2816</v>
       </c>
       <c r="C1185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1185" s="0" t="s">
-        <v>2817</v>
+        <v>44</v>
       </c>
       <c r="E1185" s="2">
-        <v>1612.52</v>
+        <v>3349.98</v>
       </c>
       <c r="F1185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>2820</v>
+        <v>2817</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>2821</v>
+        <v>2818</v>
       </c>
       <c r="C1186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1186" s="0" t="s">
-        <v>974</v>
+        <v>44</v>
       </c>
       <c r="E1186" s="2">
-        <v>30.84</v>
+        <v>2615.17</v>
       </c>
       <c r="F1186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>2822</v>
+        <v>2819</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>2821</v>
+        <v>2820</v>
       </c>
       <c r="C1187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1187" s="0" t="s">
-        <v>2823</v>
+        <v>44</v>
       </c>
       <c r="E1187" s="2">
-        <v>34.96</v>
+        <v>2070.32</v>
       </c>
       <c r="F1187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>2824</v>
+        <v>2821</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="C1188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1188" s="0" t="s">
-        <v>2825</v>
+        <v>44</v>
       </c>
       <c r="E1188" s="2">
-        <v>379.45</v>
+        <v>2309.1</v>
       </c>
       <c r="F1188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>2826</v>
+        <v>2823</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>2827</v>
+        <v>2824</v>
       </c>
       <c r="C1189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1189" s="0" t="s">
-        <v>2828</v>
+        <v>2825</v>
       </c>
       <c r="E1189" s="2">
-        <v>184.8</v>
+        <v>687.24</v>
       </c>
       <c r="F1189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>2829</v>
+        <v>2826</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>360</v>
+        <v>2827</v>
       </c>
       <c r="C1190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1190" s="0" t="s">
-        <v>214</v>
+        <v>2828</v>
       </c>
       <c r="E1190" s="2">
-        <v>8.59</v>
+        <v>7279.2</v>
       </c>
       <c r="F1190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B1191" s="0" t="s">
         <v>2830</v>
       </c>
-      <c r="B1191" s="0" t="s">
+      <c r="C1191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1191" s="0" t="s">
         <v>2831</v>
       </c>
-      <c r="C1191" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1191" s="2">
-        <v>110.16</v>
+        <v>1095.55</v>
       </c>
       <c r="F1191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
         <v>2832</v>
       </c>
       <c r="B1192" s="0" t="s">
         <v>2833</v>
       </c>
       <c r="C1192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1192" s="0" t="s">
-        <v>51</v>
+        <v>2730</v>
       </c>
       <c r="E1192" s="2">
-        <v>238.01</v>
+        <v>335.28</v>
       </c>
       <c r="F1192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
         <v>2834</v>
       </c>
       <c r="B1193" s="0" t="s">
         <v>2835</v>
       </c>
       <c r="C1193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1193" s="0" t="s">
-        <v>51</v>
+        <v>938</v>
       </c>
       <c r="E1193" s="2">
-        <v>416.42</v>
+        <v>1227.41</v>
       </c>
       <c r="F1193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
         <v>2836</v>
       </c>
       <c r="B1194" s="0" t="s">
         <v>2837</v>
       </c>
       <c r="C1194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1194" s="0" t="s">
-        <v>51</v>
+        <v>2838</v>
       </c>
       <c r="E1194" s="2">
-        <v>2309.1</v>
+        <v>1150.07</v>
       </c>
       <c r="F1194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="C1195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1195" s="0" t="s">
-        <v>51</v>
+        <v>2841</v>
       </c>
       <c r="E1195" s="2">
-        <v>41.58</v>
+        <v>56.58</v>
       </c>
       <c r="F1195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>2840</v>
+        <v>2842</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>2841</v>
+        <v>2806</v>
       </c>
       <c r="C1196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1196" s="0" t="s">
-        <v>51</v>
+        <v>2843</v>
       </c>
       <c r="E1196" s="2">
-        <v>88.86</v>
+        <v>40.77</v>
       </c>
       <c r="F1196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>2842</v>
+        <v>2844</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>2843</v>
+        <v>2845</v>
       </c>
       <c r="C1197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1197" s="0" t="s">
-        <v>51</v>
+        <v>2846</v>
       </c>
       <c r="E1197" s="2">
-        <v>2276.51</v>
+        <v>272.05</v>
       </c>
       <c r="F1197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="C1198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1198" s="0" t="s">
-        <v>51</v>
+        <v>2849</v>
       </c>
       <c r="E1198" s="2">
-        <v>355.8</v>
+        <v>46.83</v>
       </c>
       <c r="F1198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>2846</v>
+        <v>2850</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>2847</v>
+        <v>2780</v>
       </c>
       <c r="C1199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1199" s="0" t="s">
-        <v>51</v>
+        <v>2851</v>
       </c>
       <c r="E1199" s="2">
-        <v>416.42</v>
+        <v>27.44</v>
       </c>
       <c r="F1199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
       <c r="C1200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1200" s="0" t="s">
-        <v>51</v>
+        <v>2854</v>
       </c>
       <c r="E1200" s="2">
-        <v>895.56</v>
+        <v>2565.36</v>
       </c>
       <c r="F1200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>2850</v>
+        <v>2855</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>2851</v>
+        <v>2856</v>
       </c>
       <c r="C1201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1201" s="0" t="s">
-        <v>51</v>
+        <v>2857</v>
       </c>
       <c r="E1201" s="2">
-        <v>343.76</v>
+        <v>2264.24</v>
       </c>
       <c r="F1201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>2852</v>
+        <v>2858</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>2853</v>
+        <v>2859</v>
       </c>
       <c r="C1202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1202" s="0" t="s">
-        <v>2854</v>
+        <v>2860</v>
       </c>
       <c r="E1202" s="2">
-        <v>670.11</v>
+        <v>245.04</v>
       </c>
       <c r="F1202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>2855</v>
+        <v>2861</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
       <c r="C1203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1203" s="0" t="s">
-        <v>2857</v>
+        <v>2863</v>
       </c>
       <c r="E1203" s="2">
-        <v>26.71</v>
+        <v>838.34</v>
       </c>
       <c r="F1203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>2858</v>
+        <v>2864</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>2859</v>
+        <v>2865</v>
       </c>
       <c r="C1204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1204" s="0" t="s">
-        <v>2860</v>
+        <v>2866</v>
       </c>
       <c r="E1204" s="2">
-        <v>2037.37</v>
+        <v>1005.24</v>
       </c>
       <c r="F1204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>2861</v>
+        <v>2867</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>2862</v>
+        <v>2868</v>
       </c>
       <c r="C1205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1205" s="0" t="s">
-        <v>2863</v>
+        <v>2869</v>
       </c>
       <c r="E1205" s="2">
-        <v>785.75</v>
+        <v>1627.77</v>
       </c>
       <c r="F1205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>2864</v>
+        <v>2870</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>2865</v>
+        <v>2871</v>
       </c>
       <c r="C1206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1206" s="0" t="s">
-        <v>2866</v>
+        <v>2872</v>
       </c>
       <c r="E1206" s="2">
-        <v>2462.86</v>
+        <v>992.22</v>
       </c>
       <c r="F1206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>2867</v>
+        <v>2873</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="C1207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1207" s="0" t="s">
-        <v>1910</v>
+        <v>2872</v>
       </c>
       <c r="E1207" s="2">
-        <v>225.4</v>
+        <v>73.21</v>
       </c>
       <c r="F1207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>2869</v>
+        <v>2874</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>2870</v>
+        <v>2875</v>
       </c>
       <c r="C1208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1208" s="0" t="s">
-        <v>2871</v>
+        <v>2876</v>
       </c>
       <c r="E1208" s="2">
-        <v>262.63</v>
+        <v>146.82</v>
       </c>
       <c r="F1208" s="1" t="s">
-        <v>10</v>
-[...3278 lines deleted...]
-      <c r="F1372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -38559,196 +34091,32 @@
     <hyperlink ref="F1184" r:id="rId1184"/>
     <hyperlink ref="F1185" r:id="rId1185"/>
     <hyperlink ref="F1186" r:id="rId1186"/>
     <hyperlink ref="F1187" r:id="rId1187"/>
     <hyperlink ref="F1188" r:id="rId1188"/>
     <hyperlink ref="F1189" r:id="rId1189"/>
     <hyperlink ref="F1190" r:id="rId1190"/>
     <hyperlink ref="F1191" r:id="rId1191"/>
     <hyperlink ref="F1192" r:id="rId1192"/>
     <hyperlink ref="F1193" r:id="rId1193"/>
     <hyperlink ref="F1194" r:id="rId1194"/>
     <hyperlink ref="F1195" r:id="rId1195"/>
     <hyperlink ref="F1196" r:id="rId1196"/>
     <hyperlink ref="F1197" r:id="rId1197"/>
     <hyperlink ref="F1198" r:id="rId1198"/>
     <hyperlink ref="F1199" r:id="rId1199"/>
     <hyperlink ref="F1200" r:id="rId1200"/>
     <hyperlink ref="F1201" r:id="rId1201"/>
     <hyperlink ref="F1202" r:id="rId1202"/>
     <hyperlink ref="F1203" r:id="rId1203"/>
     <hyperlink ref="F1204" r:id="rId1204"/>
     <hyperlink ref="F1205" r:id="rId1205"/>
     <hyperlink ref="F1206" r:id="rId1206"/>
     <hyperlink ref="F1207" r:id="rId1207"/>
     <hyperlink ref="F1208" r:id="rId1208"/>
-    <hyperlink ref="F1209" r:id="rId1209"/>
-[...162 lines deleted...]
-    <hyperlink ref="F1372" r:id="rId1372"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>